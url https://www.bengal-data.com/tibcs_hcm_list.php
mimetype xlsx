--- v0 (2025-11-10)
+++ v1 (2026-02-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HCM_TIBCS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'HCM_TIBCS'!$A$1:$J$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1331">
   <si>
     <t>Diagnosis</t>
   </si>
   <si>
     <t>Verified*</t>
   </si>
   <si>
     <t>Reported Cat</t>
   </si>
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>* Source</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
@@ -2893,51 +2893,69 @@
   <si>
     <t>GOGEES PULSOR</t>
   </si>
   <si>
     <t>TYPHOON SWIRL</t>
   </si>
   <si>
     <t>reported by owner, deceased September 2011</t>
   </si>
   <si>
     <t>HCM EQ/normal</t>
   </si>
   <si>
     <t>ARTIZTO CATZ EDWARD A</t>
   </si>
   <si>
     <t>PANORAMA'S THE FAIRY</t>
   </si>
   <si>
     <t>ARTIZTO CATZ SIERRA NEVADA</t>
   </si>
   <si>
     <t>screened by Björn Åblad, 3rd June 2013 as EQ and rescreened August 2013 by Torkel Falk as NORMAL</t>
   </si>
   <si>
+    <t>BANGKOKCATS NAOMI SMALLS</t>
+  </si>
+  <si>
+    <t>SILVERCROWN SIRIUS BLACK</t>
+  </si>
+  <si>
+    <t>BANGKOKCATS EUREKA</t>
+  </si>
+  <si>
     <t>BROCKENMOOR CECILIA</t>
+  </si>
+  <si>
+    <t>CASHDOVE NYMERIA of PANTHERAFURR</t>
+  </si>
+  <si>
+    <t>SIROCCO POSEIDON of CASHDOVE</t>
+  </si>
+  <si>
+    <t>CASHDOVE ICE QUEEN</t>
   </si>
   <si>
     <t>NAPLES ALL FATHER of ELYSIAN</t>
   </si>
   <si>
     <t>SILVERSTORM CROWN JEWELS</t>
   </si>
   <si>
     <t>HIESUN SHADOW OF DRAGON</t>
   </si>
   <si>
     <t>PANORAMA'S ESTELLE</t>
   </si>
   <si>
     <t>diagnosed @ 3 years</t>
   </si>
   <si>
     <t>JUNGLEICIOUS KARL LAGERFELDT</t>
   </si>
   <si>
     <t>HALLMARK ALASKA</t>
   </si>
   <si>
     <t>LASKALINAS CHOCO CHANEL</t>
   </si>
@@ -4375,63 +4393,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f451e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794421e19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431418c5" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f421411c1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f451e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798401c15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83944f1918ce" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401b10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431e12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984e1816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401f18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1484" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984e1816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401f18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e401e14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399411413c1" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399421516c6" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399411f16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4e1d17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d401516cf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d431b" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879d4319" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451b13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c411a17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298401b11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599441a11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298441b11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4f1c17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401d16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4114" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a4e1414ce" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f401f14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a451f17c2" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d441412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9443" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f44" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9444" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401d" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401416c3" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8798471c" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421e17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401810c6" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401f15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944218" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944219" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294431519c3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d819e40" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099471916c4" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849c4018" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401f" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87984719" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294451b19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e431412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298401e12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401e" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099401e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4019" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441411c2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4f1917c6" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4018" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b441416ce" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a421e12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a421c14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431413c7" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f4f1d10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b411416c2" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401814c5" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9842" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859543" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e839c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849d4219" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f85984318" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401a" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f85984318" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849443" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421911c0" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809b451f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4015" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b401813c2" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984f1b" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c411e13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a411b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461913c0" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a421518c4" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451411c7" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4e1912c1" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8795451a16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798411e15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421811c4" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b441a" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869b401f" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1f" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869b401f" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869b401f" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f451f15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83984f1e10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295461513c5" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e19" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9845" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809e411c" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d461d17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879f401b18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869e401511c1" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839544" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839546" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839545" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1b" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f421412c6" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a451b11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809b4e1814c4" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849a421d" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83954014" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1a" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e411d19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298441e18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d471e14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401b12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441c18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431c12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451c15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595401817c3" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819b4118" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9a4315" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f829c421e" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401a17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e421e11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f471915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431c10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401f16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d471f" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c4f1b15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499461b16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c4f1b15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e461a16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d461913c7" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b461e12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b461e12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e421e11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e421e10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d451815c0" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4715" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594421b12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1e19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441b14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1519c5" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b451412c1" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451815c1" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401916ce" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d471417ce" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401917c7" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d471417ce" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a431916c7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1f12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1f11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944414" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944415" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395441b10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80994e1f16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a451d19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a451c10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d461b" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f82984e18" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86944715" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499441e10c6" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e471a18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8698471d" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798411e15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421811c4" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d4f1819c6" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298461c17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a471c13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d461a" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421410c7" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1916c1" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e819c43" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295421913ce" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e441b19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4615" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399421c12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8799471a" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f421f" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a4e1813c1" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d411c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f461813c2" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411916c3" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451f11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4614" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411916c3" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451f11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9b401c" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f471d17c2" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099421918c7" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9c42" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9c43" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d451c" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1910c6" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d451e16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494431419c4" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b441415cf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b401b13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d451e" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595451410c6" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4518" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595451410c6" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1f12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d421f19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d401c14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d401c14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d451d19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984e1816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a411818c7" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421b13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401f19c5" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1b13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1b13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85994f1f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598401b11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85994f1f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598401b11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d401e15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441a11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a471e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c471a17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441a11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4e1b14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c451910c1" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441a11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4e1b14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471917ce" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495451d12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a4f1b11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098431e19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394451512c5" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461b16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f461c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599471b11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d401415cf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f401915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c471e14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4f1a16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498431c14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e4e1917ce" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944e1917c0" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1e16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f1517c7" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595421f16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421419c1" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a471913c2" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494411d13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4e1f13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a431c10c6" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421516ce" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4318" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b451411c7" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d431b" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1b10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498421b16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f421915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401510ce" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d431a" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401510ce" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9d4719" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c421b15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9d471e" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4314" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494441a12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494471916c2" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839947" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80954f1c16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849446" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b10c5" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411a13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f471816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869d43" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d4f1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431c13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f461517ce" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421a17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594461518c6" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451815ce" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e441c16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461e17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399421b13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451515c0" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451515c5" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431a18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401511c1" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495461b15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494461f19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498401514c5" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9c" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095461e13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401517c4" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1c10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451811c1" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598441f15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595421917c4" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431519c1" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401914c3" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431412c5" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a4e1a17c2" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421510c2" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8694451918c1" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695461a18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f45" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=158e9a" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f44" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=158e9a" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869442" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401416c3" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869443" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461b14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b441f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401813c3" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4119" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4f1b13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188694421d" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f954f1c" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9f4215" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4118" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83954f1f12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d471418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411a19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1f11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d411a" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e401c11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c441c13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4115" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8794471f" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87944615" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a431918c3" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869b4e1f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8799471915c0" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9d40" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9d41" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395401911c7" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d471a10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461b16c3" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1815cf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c461d14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1a15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598441911c2" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f421410c6" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299471e19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d471a10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599471d12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298401c16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a4e1417c7" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411413c2" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451a10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1418c1" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d461a19c5" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4019" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a411516c2" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944f1a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83994f1f19ce" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1b14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401e13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b411c14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595461a17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401c14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f98411f" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e86944f14" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f98411c" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e15" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a431c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f461b14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d401a" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401d13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8794431c" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879c4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849a4e14" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879c4e1f" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d401b" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c4e1417c4" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401a16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4015" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c4e1417c4" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401a16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f451913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451e13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4014" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1c" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411c10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1f" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879a4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4e1f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401e10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431e15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411f18c2" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1d16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f19" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1b" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f14" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411f10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431914c7" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e411c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869a401817ce" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869d431d17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869d421f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f451d11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1c13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451817c0" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e82984e" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095421911c2" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f461f" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451a12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411d13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431515c5" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f471c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421816ce" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8795441d17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498451a15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e441e11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c411f10c3" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4e19" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451b11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421418c0" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4e18" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869b431d" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399461d12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295431919c6" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b471d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879f421a15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879d4e1416ce" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431a16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401b10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431e12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295421910c7" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f451413c0" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f451912c2" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4f1e15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794431416c6" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a4e1410c4" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794431416c6" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441913c1" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869442" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869445" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869443" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e471d" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395421917c3" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c4f1d19ce" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399431418c4" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451a11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c441c16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994f1e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d421a19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e461c14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431b18c0" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e471f" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c4618" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8795431d" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c4f19" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e461d" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411811c2" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461d16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c461910cf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a411d12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c401f14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188694401a" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188694401b" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944114" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451815ce" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d471c15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431a18c6" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e471913c6" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441b18c4" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431e15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d471c15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598471a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494411b13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e461d" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1a14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461c10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f81994e1a" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1e17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f431c" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819a4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4419" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f431c" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e461c" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095451f" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431515c2" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e461f" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4419" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f441b" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1515c6" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e441e12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19829b" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8598431e" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1818c0" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1412c2" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954f1b17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e411519c5" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394461414c1" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d421a10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f471a11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441917c5" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441519c4" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494471416cf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e441e" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944e1514c1" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b4518" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451513c6" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451512c1" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8094471f15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f431c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a471f17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4615" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595471f17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421511ce" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849540" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849544" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849541" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4614" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431d10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e4f1f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461918c1" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494401818c1" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498421c10c3" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c461e10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a471510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1819c7" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f421514cf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595421917c4" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431e13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e451e" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4f1b15c0" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f451e15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451e17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431e15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d451d12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399461910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944f1c19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461f17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e451b" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e451a" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1485" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4515" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f411d14c6" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f411d16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4514" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f411d15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4515" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d4e1915c2" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b4f1418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c441814c2" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83994418" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411f16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83994419" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d4719" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d471e" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e441c" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461d16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954f1d" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294441916ce" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421e12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461d18c6" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819445" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819446" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d411f13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819442" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819444" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819443" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e43" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401a19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1c13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451b15c0" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f451e11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944e1918c2" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599441a11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e441b" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b461418ce" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441f18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84984f1b19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e401410c0" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c401b17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d431911c1" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a431e17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451918c7" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b421812c5" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e441d13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598411c13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b421812c1" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84994f1e11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b401818ce" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879d471d12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798441819ce" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294441d18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4e1413c4" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1e14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4e1a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b401818ce" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1e14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4e1414ce" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401a17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431d" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84994f1e11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431e" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879d471d12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798421e14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4f19" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f1415c7" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451818c0" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849c41" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a421e14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594411f12cf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b421918c3" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431b" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8699461b" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86994519" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431a" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431b17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b471f" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598401812ce" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a411914c2" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e461c17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4e1c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299471f13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461511c7" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d44" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d47" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d45" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4314" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401416c4" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869c441b" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e421d" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598431b18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401413c0" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d441c" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395451f17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869a4018" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461f12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098471e15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869546" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809f47" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869547" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188695421d" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886954314" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e421c" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a441c11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451510c3" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1881944e" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f994f" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859940" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1883954218" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b411b12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84984f1910c3" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e4f1411c0" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4218" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461d16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599441b18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461b15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461511c5" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e421a" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441911c7" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a461916cf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b441a16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421e13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1d11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849c4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a441414c2" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098411519c6" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188499471e" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a441414c2" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098411519c6" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451515c0" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1b14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295441b18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411c14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599401e15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794441a12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401d10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f98411e" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83944e1414c2" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441811c1" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1e13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431815c1" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1a13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599471f11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b401a10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695441e11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a411a11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794431518c2" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a451514c0" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a441c11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599411f15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461818c3" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441918c4" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401415c7" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a421f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461818c4" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83994514" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461813c5" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849a4515" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8194451c" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944e1c14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f451f15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f421e" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451e12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1414c3" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d44" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d46" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d45" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e81984e" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d46" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d45" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c451411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1c13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f421913c2" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1c13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f421e" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f421d" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f421b" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f4218" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e401c" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984318" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f441e12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399431d15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295441e14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431418c2" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1d10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a421f18c0" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499441510c5" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819a45" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83954e1e15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819a46" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4019" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e461513cf" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8698411f" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954f1a11c3" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d441f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b441f10c3" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d441f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401810cf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431c10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1a17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4f1c15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401815c1" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599451518c2" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421c12cf" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441f14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a4015" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a431b11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421915cf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c401a12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984619" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d471e11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431d11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f401915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c471e14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188699471d" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095411d12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398471b17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451b13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b461b" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398451910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461c12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398451910cf" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c4f1514c4" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294421816c6" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398451517c1" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401c19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495431512c0" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498411513c3" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4119" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b421411c1" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599401e15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f471510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859e451b" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83994e1919c4" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83954e1d14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4e1a" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8698451d" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984418" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c441913c0" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461c12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401916c0" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1c14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f4e1d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e4e1911c3" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d461d17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869b4f1517c5" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695411e17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441b10c2" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f401a10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f421811c3" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461514c5" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401a17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e421e11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c451516c4" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441512c1" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598431819c3" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4e18" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1e19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f471d19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411e19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4f1d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b441b18c6" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599451817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421516c1" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f1d17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a431510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431c11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441c15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c441f14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461c16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295441c11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431416c3" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441512c2" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b401b12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431c14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421e17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954e1c16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f471f" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a411b17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411514c5" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294461515c3" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451e19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294461517c4" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421917c0" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451e19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f471a" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395441412c5" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395431416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f461511ce" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f471c18ce" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498461915c0" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e94461d" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e944714" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819a4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599451413c7" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1917c5" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411515c7" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1e14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461a18c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461e16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401d17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421a17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411e13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599411815c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451a16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401c11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451d16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c461d17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b441519cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471c19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411c10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f431a" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4318" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d431f" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421915cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b411c16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421514cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411819c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421d16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f461b" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411919c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1b10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f4f1910c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499441411c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421c16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1b10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a461c17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859c40" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b471f11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421516c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1519c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421516c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f46" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f47" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=158e9a" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f461a12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c471415c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695471c13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e461d" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e471a" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d461f10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85994f1a18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a451412c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499431d11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431c12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1f11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431c13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1f11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461d15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471412c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f431d10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1511c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594411b13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294471c14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451418c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e441b12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494401516c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84984e1418c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f859e471a" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a421e10c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e4f1819cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399401c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c421c17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431f10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461412cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954e1516c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451a10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1a14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1a14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498411b18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441e19c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1e17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441c16c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451511c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411918c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944e1917cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f461c16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421816ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8795441d17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4414" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294421a13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944f1c19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431f17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451b19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d431f14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299411813cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a441511c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188695421a" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f471c13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83944f1517ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451b13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099441412ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099441413c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f431f" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494401f15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494451a17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1a18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441913c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809a4518" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1511c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809a4519" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399431417c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451a11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c441c16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4318" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451d15c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f431b" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f441a10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395401b17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399411417c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b411a18ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4314" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f441a" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f431c" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f421d" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461f17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431e13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9e40" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809b4e1f14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c401f15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944f1411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e471816c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1819c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f431815c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954f1519c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099451c18c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b451816c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099461918c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87984f" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879842" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879843" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954f1b19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4e1f17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498461912c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f421a" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411f16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4615" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4215" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87944214" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c471a17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a4e1414ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431913c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431914c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431818ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f471c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494411514ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294461c12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421519c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d451c13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869e4618" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c431a" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9b451d" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984619" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421416c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e944e" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9440" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e944f" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1487" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9440" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e944f" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1b12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d451a12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1b11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f431d16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b471416c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451a10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431d10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a441515c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1f11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f411b" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471910c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b431e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f411a" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471910c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b431e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299441e14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431f15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299471812c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c471f17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4e1b14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451c14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298431a12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f401c" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298431a12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f401f" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411e12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411f16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c441517c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451811c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c471a17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401f15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4019" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401f11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431a14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4018" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431814c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a451f10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d451d10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401c11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401919c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298431c19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b471e19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1c19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1512c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1916c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499431410cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499431410c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f451d19ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954e1515c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d431f11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d461f16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=15879946" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495401513c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4f18" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c431914c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b441e10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f441817c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398401413c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395451f16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594451d14c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c461a18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471910c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879e4015" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c451411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494471c13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f4e1f19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a451516c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f401f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1911c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a451516c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f401f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1911c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4f1910c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944f1411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1f14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594461510c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1f14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499461b18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a4f1e18c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098471813c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498451b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c431e11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b431e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498451b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494421d13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421a17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c471410cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4f1a12c5" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f451e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794421e19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431418c5" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f421411c1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f451e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798401c15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83944f1918ce" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401b10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431e12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984e1816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401f18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1484" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984e1816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401f18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e401e14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399411413c1" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399421516c6" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399411f16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4e1d17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d401516cf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d431b" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879d4319" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451b13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c411a17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298401b11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599441a11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298441b11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4f1c17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401d16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4114" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a4e1414ce" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f401f14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a451f17c2" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d441412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9443" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f44" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9444" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401d" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401416c3" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8798471c" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421e17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401810c6" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401f15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944218" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944219" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294431519c3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d819e40" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099471916c4" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849c4018" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401f" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87984719" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294451b19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e431412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298401e12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401e" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099401e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4019" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441411c2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4f1917c6" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4018" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b441416ce" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a421e12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a421c14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431413c7" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f4f1d10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b411416c2" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401814c5" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9842" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859543" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e839c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849d4219" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f85984318" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c401a" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f85984318" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849443" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421911c0" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809b451f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4015" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b401813c2" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984f1b" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c411e13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a411b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461913c0" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a421518c4" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451411c7" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4e1912c1" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8795451a16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798411e15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421811c4" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b441a" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869b401f" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1f" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869b401f" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869b401f" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f451f15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83984f1e10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295461513c5" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e19" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9845" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809e411c" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d461d17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879f401b18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869e401511c1" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839544" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839546" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839545" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1b" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f421412c6" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a451b11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809b4e1814c4" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849a421d" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83954014" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e1a" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e411d19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298441e18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d471e14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401b12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441c18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431c12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451c15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595401817c3" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819b4118" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9a4315" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f829c421e" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401a17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e421e11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f471915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431c10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401f16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d471f" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c4f1b15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499461b16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c4f1b15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e461a16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d461913c7" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b461e12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b461e12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e421e11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e421e10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d451815c0" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4715" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594421b12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1e19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441b14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1519c5" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b451412c1" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451815c1" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401916ce" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d471417ce" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401917c7" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d471417ce" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a431916c7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1f12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1f11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944414" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944415" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395441b10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80994e1f16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a451d19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a451c10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d461b" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f82984e18" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86944715" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499441e10c6" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e471a18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8698471d" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798411e15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421811c4" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d4f1819c6" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298461c17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a471c13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d461a" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421410c7" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1916c1" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e819c43" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295421913ce" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e441b19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4615" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399421c12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8799471a" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f421f" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a4e1813c1" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d411c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f461813c2" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411916c3" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451f11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4614" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411916c3" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451f11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9b401c" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f471d17c2" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099421918c7" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9c42" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9c43" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d451c" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1910c6" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d451e16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494431419c4" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b441415cf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b401b13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d451e" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595451410c6" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4518" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595451410c6" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1f12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d421f19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d401c14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d401c14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d451d19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984e1816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a411818c7" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421b13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401f19c5" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1b13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1b13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85994f1f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598401b11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85994f1f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598401b11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d401e15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441a11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a471e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c471a17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441a11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4e1b14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c451910c1" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441a11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4e1b14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471917ce" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495451d12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a4f1b11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098431e19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394451512c5" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461b16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f461c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599471b11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d401415cf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f401915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c471e14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4f1a16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498431c14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e4e1917ce" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944e1917c0" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1e16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f1517c7" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595421f16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421419c1" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a471913c2" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494411d13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4e1f13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a431c10c6" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421516ce" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4318" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b451411c7" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d431b" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1b10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498421b16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f421915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401510ce" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d431a" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401510ce" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9d4719" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c421b15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9d471e" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4314" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494441a12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494471916c2" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839947" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80954f1c16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849446" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451b10c5" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411a13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f471816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869d43" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d4f1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431c13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f461517ce" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421a17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594461518c6" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451815ce" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e441c16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461e17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399421b13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451515c0" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451515c5" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431a18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401511c1" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495461b15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494461f19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498401514c5" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9c" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095461e13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401517c4" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1c10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451811c1" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598441f15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595421917c4" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431519c1" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401914c3" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431412c5" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a4e1a17c2" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421510c2" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8694451918c1" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695461a18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f45" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=158e9a" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f44" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=158e9a" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869442" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401416c3" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869443" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461b14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b441f13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401813c3" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4119" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4f1b13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188694421d" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f954f1c" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9f4215" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4118" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83954f1f12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d471418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411a19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1f11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d411a" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e401c11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c441c13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4115" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8794471f" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87944615" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a431918c3" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869b4e1f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8799471915c0" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9d40" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9d41" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395401911c7" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d471a10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461b16c3" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1815cf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c461d14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1a15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598441911c2" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f421410c6" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299471e19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d471a10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599471d12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298401c16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a4e1417c7" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411413c2" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451a10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1418c1" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d461a19c5" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4019" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a411516c2" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944f1a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83994f1f19ce" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1b14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401e13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b411c14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595461a17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401c14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f98411f" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e86944f14" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f98411c" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e15" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a431c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f461b14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d401a" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401d13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8794431c" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879c4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849a4e14" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879c4e1f" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d401b" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c4e1417c4" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401a16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4015" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c4e1417c4" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401a16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f451913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451e13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4014" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1c" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411c10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1f" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879a4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4e1f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401e10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431e15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411f18c2" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1d16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f19" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1b" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4f14" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411f10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431914c7" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e411c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869a401817ce" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869d431d17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869d421f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f451d11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1c13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451817c0" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e82984e" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095421911c2" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f461f" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451a12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411d13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431515c5" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f471c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421816ce" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8795441d17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498451a15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e441e11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c411f10c3" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4e19" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451b11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421418c0" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d4e18" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869b431d" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399461d12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295431919c6" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b471d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879f421a15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879d4e1416ce" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431a16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401b10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431e12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295421910c7" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f451413c0" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f451912c2" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4f1e15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794431416c6" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a4e1410c4" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794431416c6" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441913c1" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869442" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869445" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869443" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e471d" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395421917c3" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c4f1d19ce" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399431418c4" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451a11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c441c16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994f1e16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d421a19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e461c14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431b18c0" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e471f" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c4618" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8795431d" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c4f19" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e461d" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411811c2" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461d16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c461910cf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a411d12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c401f14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188694401a" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188694401b" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944114" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451815ce" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d471c15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431a18c6" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e471913c6" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441b18c4" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431e15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d471c15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598471a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495471913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494411b13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e461d" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1a14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461c10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f81994e1a" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1e17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f431c" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819a4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4419" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f431c" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e461c" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095451f" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431515c2" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e461f" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4419" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f441b" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1515c6" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e441e12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19829b" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8598431e" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1818c0" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1412c2" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954f1b17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e411519c5" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1b19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394461414c1" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d421a10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f471a11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441917c5" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441519c4" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494471416cf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e441e" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944e1514c1" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b4518" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451513c6" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451512c1" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8094471f15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f431c11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a471f17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4615" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595471f17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421511ce" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849540" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849544" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849541" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4614" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431d10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e4f1f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461918c1" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494401818c1" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498421c10c3" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c461e10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a471510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1819c7" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f421514cf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595421917c4" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431e13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e451e" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4f1b15c0" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f451e15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451e17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431e15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d451d12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399461910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944f1c19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461f17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e451b" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e451a" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1485" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4515" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f411d14c6" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f411d16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4514" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f411d15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4515" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d4e1915c2" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b4f1418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c441814c2" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83994418" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411f16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83994419" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d4719" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d471e" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e441c" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461d16c4" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954f1d" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294441916ce" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421e12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461d18c6" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819445" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819446" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d411f13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819442" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819444" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819443" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e43" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a401a19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1c13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451b15c0" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f451e11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944e1918c2" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599441a11c5" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e441b" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b461418ce" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441f18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84984f1b19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e401410c0" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c401b17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d431911c1" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a431e17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451918c7" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b421812c5" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e441d13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598411c13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b421812c1" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84994f1e11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b401818ce" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879d471d12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798441819ce" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294441d18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4e1413c4" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1e14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4e1a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b401818ce" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1e14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4e1414ce" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401a17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431d" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84994f1e11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441816c4" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431e" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879d471d12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8798421e14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4f19" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f1415c7" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451818c0" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849c41" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a421e14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594411f12cf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b421918c3" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431b" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8699461b" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86994519" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e431a" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431b17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b471f" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598401812ce" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a411914c2" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e461c17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4e1c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299471f13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461511c7" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d44" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d47" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d45" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4314" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401416c4" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869c441b" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e421d" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598431b18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401413c0" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869d441c" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395451f17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869a4018" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461f12c6" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098471e15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869546" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809f47" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869547" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188695421d" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886954314" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e421c" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a441c11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451510c3" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1881944e" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f994f" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859940" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1883954218" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b411b12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84984f1910c3" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e4f1411c0" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4218" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461d16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599441b18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461b15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598461511c5" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e421a" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498441911c7" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a461916cf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b441a16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421e13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1d11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401f19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461f12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18849c4e1e" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a441414c2" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098411519c6" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188499471e" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a441414c2" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098411519c6" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451515c0" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1b14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295441b18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411c14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599401e15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794441a12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d401d10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f98411e" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83944e1414c2" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441811c1" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1e13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411f14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431815c1" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1a13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599471f11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471a12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b401a10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695441e11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a411a11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8794431518c2" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a451514c0" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a441c11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599411f15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461818c3" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441918c4" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401415c7" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a421f18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461818c4" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83994514" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461813c5" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849a4515" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8194451c" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944e1c14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f451f15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f421e" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451e12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1414c3" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d44" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d46" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d45" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e81984e" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d46" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e809d45" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e401910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c451411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1c13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f421913c2" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1c13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f421e" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f421d" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f421b" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839f4218" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e401c" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984318" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f441e12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399431d15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295441e14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431418c2" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1d10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a421f18c0" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499441510c5" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819a45" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83954e1e15c5" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819a46" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4019" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e461513cf" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8698411f" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954f1a11c3" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d441f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b441f10c3" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d441f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299401810cf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431c10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1a17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c4f1c15ce" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401815c1" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599451518c2" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421c12cf" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441f14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a4015" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879a431b11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421915cf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c401a12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984619" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d471e11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839a47" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18829543" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879f45" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431d11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f401915c4" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c471e14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809d40" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809d43" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809d41" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188699471d" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095411d12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398471b17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451b13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b461b" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398451910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d461c12c5" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398451910cf" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c4f1514c4" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294421816c6" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398451517c1" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401c19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495431512c0" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498411513c3" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4119" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b421411c1" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599401e15c6" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f471510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859e451b" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83994e1919c4" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83954e1d14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4e1a" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8698451d" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984418" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c441913c0" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461c12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401916c0" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1c14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f4e1d18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e4e1911c3" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d461d17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d869b4f1517c5" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695411e17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441b10c2" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f401a10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f421811c3" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461514c5" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401a17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e421e11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c451516c4" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441512c1" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598431819c3" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869e4e18" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1e19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f471d19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411e19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4f1d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b441b18c6" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599451817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421516c1" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4f1d17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a431510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431c11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441c15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c441f14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461c16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295441c11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431416c3" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1c18c7" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441512c2" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b401b12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299431e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421e11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431c14c4" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421e17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954e1c16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f471f" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a411b17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411514c5" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d431c19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441f18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294461515c3" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411a13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451e19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294461517c4" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b421917c0" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451e19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f471a" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395441412c5" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395431416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f461511ce" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f471c18ce" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498461915c0" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e94461d" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e944714" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819a4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599451413c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1917c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411515c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1e14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461a18c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599461e16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401d17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421a17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411e13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599411815c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451a16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401c11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451d16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c461d17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b441519cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471c19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c411c10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f431a" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4318" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879d431f" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421915cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b411c16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421514cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411819c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421d16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f461b" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411919c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1b10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f4f1910c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499441411c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421c16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84944f1b10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a461c17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859c40" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e421817c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b471f11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421516c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1519c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a421d11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461d19cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495421516c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e401410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f46" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f47" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=158e9a" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f461a12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c471415c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8695471c13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e461d" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e471a" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d461f10c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85994f1a18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a451412c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499431d11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431c12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1f11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c431c13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1f11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a461d15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a471412c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f431d10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1511c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594411b13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294471c14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451418c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461e13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e441b12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494401516c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84984e1418c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f859e471a" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a421e10c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e4f1819cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399401c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c421c17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a431f10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461412cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954e1516c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451a10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1a14ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4e1a14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d421418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498411b18c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495441e19c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85984f1e17c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d441c16c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451511c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411a14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411918c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599421811ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944e1917cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f461c16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b421816ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8795441d17c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4414" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294421a13c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f441e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944f1c19c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431f17ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299451b19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d431f14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299411813cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a441511c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188695421a" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f471c13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83944f1517ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e451b13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099441412ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099441413c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f431f" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494401f15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494451a17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4e1a18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441913c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c441913c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809a4518" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1511c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809a4519" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399431417c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d451a11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c441c16c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4318" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401510c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e451d15c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f431b" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f441a10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411816c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395401b17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8399411417c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b411a18ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4314" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f441a" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f431c" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f421d" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398461f17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431e13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e9e40" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809b4e1f14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c401f15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944f1411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e471816c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1819c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431f13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f431815c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954f1519c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099451c18c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b451816c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099461918c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87984f" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879842" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879843" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4219" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e4e1b12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82944615" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84954f1b19c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c4e1f17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498461912c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f421a" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a411f16c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879f4615" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4215" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87944214" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c471a17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a4e1414ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431913c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431914c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d431818ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f471c17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494411514ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294461c12c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421519c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d451c13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869e4618" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c431a" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9b451d" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984619" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421416c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c421416c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e944e" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9440" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e944f" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1487" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9440" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e944f" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1b12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d451a12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994e1b11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f431d16c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b471416c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e451a10cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b431d10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a441515c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4f1f11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f411b" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471910c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b431e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f411a" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471910c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b431e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299441e14c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d431f15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299471812c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c471f17c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a4e1b14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431910c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451c14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298431a12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f401c" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298431a12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298411f13cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f401f" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e411e12c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d411f16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c441517c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598451811c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c471a17cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401f15c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4019" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401f11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594431a14c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4018" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e431814c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a451f10c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d451d10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c14c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8595411e13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401c15cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a401c11ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401919c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298431c19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b471e19c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82984e1c19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954f1c11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1512c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a4f1916c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499431410cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499431410c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f451d19ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82954e1515c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839d431f11c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d461f16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431a14c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b461410ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=15879946" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8495401513c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4f18" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809c431914c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b441e10c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f441817c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8398401413c2" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395451f16c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594451d14c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849c461a18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298471910c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4f1a" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879e4015" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c451411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494471c13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f4e1f19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a451516c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f401f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1911c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a451516c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f401f16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1911c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829f4f1910c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944f1411cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1f14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594461510c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e4f1f14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1b11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8499461b18c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f869f4e1c" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a4f1e18c4" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8098471813c6" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f401c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498451b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c431e11c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b431e17c3" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8498451b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8494421d13c5" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c421a17c7" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c471410cf" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b4f1a12c5" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M434"/>
+  <dimension ref="A1:M436"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="95" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A434" sqref="A434"/>
+      <selection pane="bottomLeft" activeCell="A436" sqref="A436"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="33.134766" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.425781" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.845703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.845703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="47.988281" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="238.798828" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.570313" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="27.421875" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.568359" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="45">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -12526,3674 +12544,3720 @@
         <v>955</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>956</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>957</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>958</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H299" s="3"/>
       <c r="I299" s="3"/>
       <c r="J299" s="3"/>
       <c r="K299" s="3"/>
       <c r="L299" s="3"/>
       <c r="M299" s="3"/>
     </row>
     <row r="300" spans="1:13" customHeight="1" ht="35">
       <c r="A300" s="2" t="s">
         <v>954</v>
       </c>
-      <c r="B300" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B300" s="2"/>
       <c r="C300" s="2" t="s">
         <v>959</v>
       </c>
       <c r="D300" s="2" t="s">
-        <v>319</v>
+        <v>960</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>320</v>
+        <v>961</v>
       </c>
       <c r="F300" s="2"/>
-      <c r="G300" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G300" s="2"/>
       <c r="H300" s="2"/>
       <c r="I300" s="2"/>
       <c r="J300" s="2"/>
       <c r="K300" s="2"/>
       <c r="L300" s="2"/>
       <c r="M300" s="2"/>
     </row>
     <row r="301" spans="1:13" customHeight="1" ht="35">
       <c r="A301" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="B301" s="3"/>
+      <c r="B301" s="3" t="s">
+        <v>17</v>
+      </c>
       <c r="C301" s="3" t="s">
-        <v>410</v>
+        <v>962</v>
       </c>
       <c r="D301" s="3" t="s">
-        <v>960</v>
+        <v>319</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>961</v>
+        <v>320</v>
       </c>
       <c r="F301" s="3"/>
-      <c r="G301" s="3"/>
+      <c r="G301" s="3" t="s">
+        <v>59</v>
+      </c>
       <c r="H301" s="3"/>
       <c r="I301" s="3"/>
       <c r="J301" s="3"/>
       <c r="K301" s="3"/>
       <c r="L301" s="3"/>
       <c r="M301" s="3"/>
     </row>
     <row r="302" spans="1:13" customHeight="1" ht="35">
-      <c r="A302" s="4" t="s">
+      <c r="A302" s="2" t="s">
         <v>954</v>
       </c>
-      <c r="B302" s="4" t="s">
-[...8 lines deleted...]
-      <c r="E302" s="4" t="s">
+      <c r="B302" s="2"/>
+      <c r="C302" s="2" t="s">
         <v>963</v>
       </c>
-      <c r="F302" s="4" t="s">
+      <c r="D302" s="2" t="s">
         <v>964</v>
       </c>
-      <c r="G302" s="4" t="s">
-[...9 lines deleted...]
-      <c r="M302" s="4"/>
+      <c r="E302" s="2" t="s">
+        <v>965</v>
+      </c>
+      <c r="F302" s="2"/>
+      <c r="G302" s="2"/>
+      <c r="H302" s="2"/>
+      <c r="I302" s="2"/>
+      <c r="J302" s="2"/>
+      <c r="K302" s="2"/>
+      <c r="L302" s="2"/>
+      <c r="M302" s="2"/>
     </row>
     <row r="303" spans="1:13" customHeight="1" ht="35">
       <c r="A303" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="B303" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B303" s="3"/>
       <c r="C303" s="3" t="s">
-        <v>965</v>
+        <v>410</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>966</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>967</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F303" s="3"/>
+      <c r="G303" s="3"/>
       <c r="H303" s="3"/>
       <c r="I303" s="3"/>
       <c r="J303" s="3"/>
       <c r="K303" s="3"/>
       <c r="L303" s="3"/>
       <c r="M303" s="3"/>
     </row>
     <row r="304" spans="1:13" customHeight="1" ht="35">
-      <c r="A304" s="2" t="s">
+      <c r="A304" s="4" t="s">
         <v>954</v>
       </c>
-      <c r="B304" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C304" s="2" t="s">
+      <c r="B304" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C304" s="4" t="s">
+        <v>968</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E304" s="4" t="s">
         <v>969</v>
       </c>
-      <c r="D304" s="2" t="s">
+      <c r="F304" s="4" t="s">
         <v>970</v>
       </c>
-      <c r="E304" s="2" t="s">
-[...11 lines deleted...]
-      <c r="M304" s="2"/>
+      <c r="G304" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H304" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I304" s="4"/>
+      <c r="J304" s="4"/>
+      <c r="K304" s="4"/>
+      <c r="L304" s="4"/>
+      <c r="M304" s="4"/>
     </row>
     <row r="305" spans="1:13" customHeight="1" ht="35">
       <c r="A305" s="3" t="s">
         <v>954</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C305" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="D305" s="3" t="s">
         <v>972</v>
       </c>
-      <c r="D305" s="3" t="s">
+      <c r="E305" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="E305" s="3" t="s">
+      <c r="F305" s="3" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
       <c r="G305" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H305" s="3"/>
       <c r="I305" s="3"/>
       <c r="J305" s="3"/>
       <c r="K305" s="3"/>
       <c r="L305" s="3"/>
       <c r="M305" s="3"/>
     </row>
     <row r="306" spans="1:13" customHeight="1" ht="35">
       <c r="A306" s="2" t="s">
         <v>954</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C306" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="D306" s="2" t="s">
         <v>976</v>
       </c>
-      <c r="D306" s="2" t="s">
+      <c r="E306" s="2" t="s">
         <v>977</v>
       </c>
-      <c r="E306" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G306" s="2"/>
+      <c r="F306" s="2"/>
+      <c r="G306" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="H306" s="2"/>
       <c r="I306" s="2"/>
       <c r="J306" s="2"/>
       <c r="K306" s="2"/>
       <c r="L306" s="2"/>
       <c r="M306" s="2"/>
     </row>
     <row r="307" spans="1:13" customHeight="1" ht="35">
       <c r="A307" s="3" t="s">
         <v>954</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>857</v>
+        <v>978</v>
       </c>
       <c r="D307" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>980</v>
       </c>
-      <c r="E307" s="3" t="s">
+      <c r="F307" s="3" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
       <c r="G307" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H307" s="3"/>
       <c r="I307" s="3"/>
       <c r="J307" s="3"/>
       <c r="K307" s="3"/>
       <c r="L307" s="3"/>
       <c r="M307" s="3"/>
     </row>
     <row r="308" spans="1:13" customHeight="1" ht="35">
       <c r="A308" s="2" t="s">
         <v>954</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C308" s="2" t="s">
+        <v>982</v>
+      </c>
+      <c r="D308" s="2" t="s">
         <v>983</v>
       </c>
-      <c r="D308" s="2" t="s">
+      <c r="E308" s="2" t="s">
         <v>984</v>
       </c>
-      <c r="E308" s="2" t="s">
+      <c r="F308" s="2" t="s">
         <v>985</v>
       </c>
-      <c r="F308" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G308" s="2"/>
       <c r="H308" s="2"/>
       <c r="I308" s="2"/>
       <c r="J308" s="2"/>
       <c r="K308" s="2"/>
       <c r="L308" s="2"/>
       <c r="M308" s="2"/>
     </row>
     <row r="309" spans="1:13" customHeight="1" ht="35">
       <c r="A309" s="3" t="s">
         <v>954</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C309" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="D309" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="D309" s="3" t="s">
+      <c r="F309" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="E309" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F309" s="3"/>
       <c r="G309" s="3" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="H309" s="3"/>
       <c r="I309" s="3"/>
       <c r="J309" s="3"/>
       <c r="K309" s="3"/>
       <c r="L309" s="3"/>
       <c r="M309" s="3"/>
     </row>
     <row r="310" spans="1:13" customHeight="1" ht="35">
       <c r="A310" s="2" t="s">
         <v>954</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C310" s="2" t="s">
+        <v>989</v>
+      </c>
+      <c r="D310" s="2" t="s">
         <v>990</v>
       </c>
-      <c r="D310" s="2" t="s">
+      <c r="E310" s="2" t="s">
         <v>991</v>
       </c>
-      <c r="E310" s="2" t="s">
+      <c r="F310" s="2" t="s">
         <v>992</v>
       </c>
-      <c r="F310" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G310" s="2"/>
+      <c r="G310" s="2" t="s">
+        <v>81</v>
+      </c>
       <c r="H310" s="2"/>
       <c r="I310" s="2"/>
       <c r="J310" s="2"/>
       <c r="K310" s="2"/>
       <c r="L310" s="2"/>
       <c r="M310" s="2"/>
     </row>
     <row r="311" spans="1:13" customHeight="1" ht="35">
       <c r="A311" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C311" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="D311" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="B311" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C311" s="3" t="s">
+      <c r="E311" s="3" t="s">
         <v>995</v>
       </c>
-      <c r="D311" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F311" s="3"/>
-      <c r="G311" s="3"/>
+      <c r="G311" s="3" t="s">
+        <v>59</v>
+      </c>
       <c r="H311" s="3"/>
       <c r="I311" s="3"/>
       <c r="J311" s="3"/>
       <c r="K311" s="3"/>
       <c r="L311" s="3"/>
       <c r="M311" s="3"/>
     </row>
     <row r="312" spans="1:13" customHeight="1" ht="35">
       <c r="A312" s="2" t="s">
-        <v>994</v>
+        <v>954</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C312" s="2" t="s">
+        <v>996</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>997</v>
+      </c>
+      <c r="E312" s="2" t="s">
         <v>998</v>
       </c>
-      <c r="D312" s="2" t="s">
+      <c r="F312" s="2" t="s">
         <v>999</v>
       </c>
-      <c r="E312" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F312" s="2"/>
       <c r="G312" s="2"/>
       <c r="H312" s="2"/>
       <c r="I312" s="2"/>
       <c r="J312" s="2"/>
       <c r="K312" s="2"/>
       <c r="L312" s="2"/>
       <c r="M312" s="2"/>
     </row>
     <row r="313" spans="1:13" customHeight="1" ht="35">
-      <c r="A313" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C313" s="4" t="s">
+      <c r="A313" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B313" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C313" s="3" t="s">
         <v>1001</v>
       </c>
-      <c r="D313" s="4" t="s">
+      <c r="D313" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="E313" s="4" t="s">
+      <c r="E313" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="F313" s="4"/>
-[...1 lines deleted...]
-      <c r="H313" s="4" t="s">
+      <c r="F313" s="3"/>
+      <c r="G313" s="3"/>
+      <c r="H313" s="3"/>
+      <c r="I313" s="3"/>
+      <c r="J313" s="3"/>
+      <c r="K313" s="3"/>
+      <c r="L313" s="3"/>
+      <c r="M313" s="3"/>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="35">
+      <c r="A314" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B314" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F314" s="2"/>
+      <c r="G314" s="2"/>
+      <c r="H314" s="2"/>
+      <c r="I314" s="2"/>
+      <c r="J314" s="2"/>
+      <c r="K314" s="2"/>
+      <c r="L314" s="2"/>
+      <c r="M314" s="2"/>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="35">
+      <c r="A315" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B315" s="4"/>
+      <c r="C315" s="4" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E315" s="4" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F315" s="4"/>
+      <c r="G315" s="4"/>
+      <c r="H315" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="I313" s="4"/>
-[...21 lines deleted...]
-      <c r="H314" s="4" t="s">
+      <c r="I315" s="4"/>
+      <c r="J315" s="4"/>
+      <c r="K315" s="4"/>
+      <c r="L315" s="4"/>
+      <c r="M315" s="4"/>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="35">
+      <c r="A316" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B316" s="4"/>
+      <c r="C316" s="4" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E316" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F316" s="4"/>
+      <c r="G316" s="4"/>
+      <c r="H316" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="I314" s="4"/>
-[...57 lines deleted...]
-      <c r="M316" s="2"/>
+      <c r="I316" s="4"/>
+      <c r="J316" s="4"/>
+      <c r="K316" s="4"/>
+      <c r="L316" s="4"/>
+      <c r="M316" s="4"/>
     </row>
     <row r="317" spans="1:13" customHeight="1" ht="35">
       <c r="A317" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>17</v>
+        <v>289</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>1011</v>
+        <v>765</v>
       </c>
       <c r="D317" s="3" t="s">
-        <v>525</v>
+        <v>184</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-      <c r="G317" s="3"/>
+        <v>185</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="H317" s="3"/>
       <c r="I317" s="3"/>
       <c r="J317" s="3"/>
       <c r="K317" s="3"/>
       <c r="L317" s="3"/>
       <c r="M317" s="3"/>
     </row>
     <row r="318" spans="1:13" customHeight="1" ht="35">
       <c r="A318" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="D318" s="2" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1014</v>
-[...6 lines deleted...]
-      </c>
+        <v>1016</v>
+      </c>
+      <c r="F318" s="2"/>
+      <c r="G318" s="2"/>
       <c r="H318" s="2"/>
       <c r="I318" s="2"/>
       <c r="J318" s="2"/>
       <c r="K318" s="2"/>
       <c r="L318" s="2"/>
       <c r="M318" s="2"/>
     </row>
     <row r="319" spans="1:13" customHeight="1" ht="35">
       <c r="A319" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D319" s="3" t="s">
-        <v>1017</v>
+        <v>525</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1018</v>
+        <v>205</v>
       </c>
       <c r="F319" s="3"/>
-      <c r="G319" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G319" s="3"/>
       <c r="H319" s="3"/>
       <c r="I319" s="3"/>
       <c r="J319" s="3"/>
       <c r="K319" s="3"/>
       <c r="L319" s="3"/>
       <c r="M319" s="3"/>
     </row>
     <row r="320" spans="1:13" customHeight="1" ht="35">
       <c r="A320" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C320" s="2" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D320" s="2" t="s">
         <v>1019</v>
       </c>
-      <c r="D320" s="2" t="s">
+      <c r="E320" s="2" t="s">
         <v>1020</v>
       </c>
-      <c r="E320" s="2" t="s">
+      <c r="F320" s="2" t="s">
         <v>1021</v>
       </c>
-      <c r="F320" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G320" s="2" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="H320" s="2"/>
       <c r="I320" s="2"/>
       <c r="J320" s="2"/>
       <c r="K320" s="2"/>
       <c r="L320" s="2"/>
       <c r="M320" s="2"/>
     </row>
     <row r="321" spans="1:13" customHeight="1" ht="35">
       <c r="A321" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C321" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D321" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="D321" s="3" t="s">
+      <c r="E321" s="3" t="s">
         <v>1024</v>
       </c>
-      <c r="E321" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G321" s="3"/>
+      <c r="F321" s="3"/>
+      <c r="G321" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="H321" s="3"/>
       <c r="I321" s="3"/>
       <c r="J321" s="3"/>
       <c r="K321" s="3"/>
       <c r="L321" s="3"/>
       <c r="M321" s="3"/>
     </row>
     <row r="322" spans="1:13" customHeight="1" ht="35">
       <c r="A322" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C322" s="2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E322" s="2" t="s">
         <v>1027</v>
       </c>
-      <c r="D322" s="2" t="s">
+      <c r="F322" s="2" t="s">
         <v>1028</v>
       </c>
-      <c r="E322" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F322" s="2"/>
       <c r="G322" s="2" t="s">
-        <v>133</v>
+        <v>30</v>
       </c>
       <c r="H322" s="2"/>
       <c r="I322" s="2"/>
       <c r="J322" s="2"/>
       <c r="K322" s="2"/>
       <c r="L322" s="2"/>
       <c r="M322" s="2"/>
     </row>
     <row r="323" spans="1:13" customHeight="1" ht="35">
       <c r="A323" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C323" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D323" s="3" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="F323" s="3" t="s">
         <v>1032</v>
       </c>
-      <c r="G323" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G323" s="3"/>
       <c r="H323" s="3"/>
       <c r="I323" s="3"/>
       <c r="J323" s="3"/>
       <c r="K323" s="3"/>
       <c r="L323" s="3"/>
       <c r="M323" s="3"/>
     </row>
     <row r="324" spans="1:13" customHeight="1" ht="35">
       <c r="A324" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>41</v>
+        <v>1034</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>274</v>
+        <v>1035</v>
       </c>
       <c r="F324" s="2"/>
       <c r="G324" s="2" t="s">
         <v>133</v>
       </c>
       <c r="H324" s="2"/>
       <c r="I324" s="2"/>
       <c r="J324" s="2"/>
       <c r="K324" s="2"/>
       <c r="L324" s="2"/>
       <c r="M324" s="2"/>
     </row>
     <row r="325" spans="1:13" customHeight="1" ht="35">
       <c r="A325" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C325" s="3" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D325" s="3" t="s">
-        <v>1035</v>
+        <v>306</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1036</v>
-[...2 lines deleted...]
-      <c r="G325" s="3"/>
+        <v>1037</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="H325" s="3"/>
       <c r="I325" s="3"/>
       <c r="J325" s="3"/>
       <c r="K325" s="3"/>
       <c r="L325" s="3"/>
       <c r="M325" s="3"/>
     </row>
     <row r="326" spans="1:13" customHeight="1" ht="35">
       <c r="A326" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D326" s="2" t="s">
-        <v>83</v>
+        <v>41</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1038</v>
-[...4 lines deleted...]
-      <c r="G326" s="2"/>
+        <v>274</v>
+      </c>
+      <c r="F326" s="2"/>
+      <c r="G326" s="2" t="s">
+        <v>133</v>
+      </c>
       <c r="H326" s="2"/>
       <c r="I326" s="2"/>
       <c r="J326" s="2"/>
       <c r="K326" s="2"/>
       <c r="L326" s="2"/>
       <c r="M326" s="2"/>
     </row>
     <row r="327" spans="1:13" customHeight="1" ht="35">
       <c r="A327" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C327" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="D327" s="3" t="s">
-        <v>337</v>
+        <v>1041</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="F327" s="3"/>
       <c r="G327" s="3"/>
       <c r="H327" s="3"/>
       <c r="I327" s="3"/>
       <c r="J327" s="3"/>
       <c r="K327" s="3"/>
       <c r="L327" s="3"/>
       <c r="M327" s="3"/>
     </row>
     <row r="328" spans="1:13" customHeight="1" ht="35">
       <c r="A328" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>1016</v>
+        <v>83</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1043</v>
-[...4 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G328" s="2"/>
       <c r="H328" s="2"/>
       <c r="I328" s="2"/>
       <c r="J328" s="2"/>
       <c r="K328" s="2"/>
       <c r="L328" s="2"/>
       <c r="M328" s="2"/>
     </row>
     <row r="329" spans="1:13" customHeight="1" ht="35">
       <c r="A329" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C329" s="3" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D329" s="3" t="s">
-        <v>1045</v>
+        <v>337</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1043</v>
-[...4 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G329" s="3"/>
       <c r="H329" s="3"/>
       <c r="I329" s="3"/>
       <c r="J329" s="3"/>
       <c r="K329" s="3"/>
       <c r="L329" s="3"/>
       <c r="M329" s="3"/>
     </row>
     <row r="330" spans="1:13" customHeight="1" ht="35">
       <c r="A330" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="D330" s="2" t="s">
-        <v>1047</v>
+        <v>1022</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1048</v>
-[...4 lines deleted...]
-      <c r="G330" s="2"/>
+        <v>1049</v>
+      </c>
+      <c r="F330" s="2"/>
+      <c r="G330" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="H330" s="2"/>
       <c r="I330" s="2"/>
       <c r="J330" s="2"/>
       <c r="K330" s="2"/>
       <c r="L330" s="2"/>
       <c r="M330" s="2"/>
     </row>
     <row r="331" spans="1:13" customHeight="1" ht="35">
       <c r="A331" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C331" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D331" s="3" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1049</v>
-      </c>
-[...4 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="F331" s="3"/>
       <c r="G331" s="3" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="H331" s="3"/>
       <c r="I331" s="3"/>
       <c r="J331" s="3"/>
       <c r="K331" s="3"/>
       <c r="L331" s="3"/>
       <c r="M331" s="3"/>
     </row>
     <row r="332" spans="1:13" customHeight="1" ht="35">
-      <c r="A332" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C332" s="4" t="s">
+      <c r="A332" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B332" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C332" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="D332" s="4" t="s">
+      <c r="D332" s="2" t="s">
         <v>1053</v>
       </c>
-      <c r="E332" s="4" t="s">
-[...11 lines deleted...]
-      <c r="M332" s="4"/>
+      <c r="E332" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F332" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="G332" s="2"/>
+      <c r="H332" s="2"/>
+      <c r="I332" s="2"/>
+      <c r="J332" s="2"/>
+      <c r="K332" s="2"/>
+      <c r="L332" s="2"/>
+      <c r="M332" s="2"/>
     </row>
     <row r="333" spans="1:13" customHeight="1" ht="35">
       <c r="A333" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C333" s="3" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F333" s="3"/>
-      <c r="G333" s="3"/>
+      <c r="G333" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="H333" s="3"/>
       <c r="I333" s="3"/>
       <c r="J333" s="3"/>
       <c r="K333" s="3"/>
       <c r="L333" s="3"/>
       <c r="M333" s="3"/>
     </row>
     <row r="334" spans="1:13" customHeight="1" ht="35">
-      <c r="A334" s="2" t="s">
-[...11 lines deleted...]
-      <c r="E334" s="2" t="s">
+      <c r="A334" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B334" s="4"/>
+      <c r="C334" s="4" t="s">
         <v>1058</v>
       </c>
-      <c r="F334" s="2"/>
-[...6 lines deleted...]
-      <c r="M334" s="2"/>
+      <c r="D334" s="4" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E334" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="F334" s="4"/>
+      <c r="G334" s="4"/>
+      <c r="H334" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I334" s="4"/>
+      <c r="J334" s="4"/>
+      <c r="K334" s="4"/>
+      <c r="L334" s="4"/>
+      <c r="M334" s="4"/>
     </row>
     <row r="335" spans="1:13" customHeight="1" ht="35">
       <c r="A335" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C335" s="3" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D335" s="3" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>373</v>
+        <v>1062</v>
       </c>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
       <c r="H335" s="3"/>
       <c r="I335" s="3"/>
       <c r="J335" s="3"/>
       <c r="K335" s="3"/>
       <c r="L335" s="3"/>
       <c r="M335" s="3"/>
     </row>
     <row r="336" spans="1:13" customHeight="1" ht="35">
       <c r="A336" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="D336" s="2" t="s">
-        <v>1062</v>
+        <v>372</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F336" s="2"/>
       <c r="G336" s="2"/>
       <c r="H336" s="2"/>
       <c r="I336" s="2"/>
       <c r="J336" s="2"/>
       <c r="K336" s="2"/>
       <c r="L336" s="2"/>
       <c r="M336" s="2"/>
     </row>
     <row r="337" spans="1:13" customHeight="1" ht="35">
       <c r="A337" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C337" s="3" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D337" s="3" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1066</v>
+        <v>373</v>
       </c>
       <c r="F337" s="3"/>
-      <c r="G337" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G337" s="3"/>
       <c r="H337" s="3"/>
       <c r="I337" s="3"/>
       <c r="J337" s="3"/>
       <c r="K337" s="3"/>
       <c r="L337" s="3"/>
       <c r="M337" s="3"/>
     </row>
     <row r="338" spans="1:13" customHeight="1" ht="35">
       <c r="A338" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C338" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1069</v>
       </c>
-      <c r="F338" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F338" s="2"/>
       <c r="G338" s="2"/>
       <c r="H338" s="2"/>
       <c r="I338" s="2"/>
       <c r="J338" s="2"/>
       <c r="K338" s="2"/>
       <c r="L338" s="2"/>
       <c r="M338" s="2"/>
     </row>
     <row r="339" spans="1:13" customHeight="1" ht="35">
       <c r="A339" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C339" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D339" s="3" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G339" s="3"/>
+      <c r="F339" s="3"/>
+      <c r="G339" s="3" t="s">
+        <v>142</v>
+      </c>
       <c r="H339" s="3"/>
       <c r="I339" s="3"/>
       <c r="J339" s="3"/>
       <c r="K339" s="3"/>
       <c r="L339" s="3"/>
       <c r="M339" s="3"/>
     </row>
     <row r="340" spans="1:13" customHeight="1" ht="35">
-      <c r="A340" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C340" s="4" t="s">
+      <c r="A340" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B340" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C340" s="2" t="s">
         <v>1073</v>
       </c>
-      <c r="D340" s="4" t="s">
+      <c r="D340" s="2" t="s">
         <v>1074</v>
       </c>
-      <c r="E340" s="4" t="s">
+      <c r="E340" s="2" t="s">
         <v>1075</v>
       </c>
-      <c r="F340" s="4"/>
-[...8 lines deleted...]
-      <c r="M340" s="4"/>
+      <c r="F340" s="2" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G340" s="2"/>
+      <c r="H340" s="2"/>
+      <c r="I340" s="2"/>
+      <c r="J340" s="2"/>
+      <c r="K340" s="2"/>
+      <c r="L340" s="2"/>
+      <c r="M340" s="2"/>
     </row>
     <row r="341" spans="1:13" customHeight="1" ht="35">
       <c r="A341" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C341" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D341" s="3" t="s">
-        <v>1077</v>
+        <v>910</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="F341" s="3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F341" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G341" s="3"/>
       <c r="H341" s="3"/>
       <c r="I341" s="3"/>
       <c r="J341" s="3"/>
       <c r="K341" s="3"/>
       <c r="L341" s="3"/>
       <c r="M341" s="3"/>
     </row>
     <row r="342" spans="1:13" customHeight="1" ht="35">
-      <c r="A342" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C342" s="2" t="s">
+      <c r="A342" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B342" s="4"/>
+      <c r="C342" s="4" t="s">
         <v>1079</v>
       </c>
-      <c r="D342" s="2" t="s">
+      <c r="D342" s="4" t="s">
         <v>1080</v>
       </c>
-      <c r="E342" s="2" t="s">
+      <c r="E342" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="F342" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M342" s="2"/>
+      <c r="F342" s="4"/>
+      <c r="G342" s="4"/>
+      <c r="H342" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I342" s="4"/>
+      <c r="J342" s="4"/>
+      <c r="K342" s="4"/>
+      <c r="L342" s="4"/>
+      <c r="M342" s="4"/>
     </row>
     <row r="343" spans="1:13" customHeight="1" ht="35">
       <c r="A343" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C343" s="3" t="s">
-        <v>345</v>
+        <v>1082</v>
       </c>
       <c r="D343" s="3" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F343" s="3"/>
-      <c r="G343" s="3"/>
+      <c r="G343" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="H343" s="3"/>
       <c r="I343" s="3"/>
       <c r="J343" s="3"/>
       <c r="K343" s="3"/>
       <c r="L343" s="3"/>
       <c r="M343" s="3"/>
     </row>
     <row r="344" spans="1:13" customHeight="1" ht="35">
       <c r="A344" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>1024</v>
+        <v>1085</v>
       </c>
       <c r="D344" s="2" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="F344" s="2"/>
+        <v>1087</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2"/>
       <c r="I344" s="2"/>
       <c r="J344" s="2"/>
       <c r="K344" s="2"/>
       <c r="L344" s="2"/>
       <c r="M344" s="2"/>
     </row>
     <row r="345" spans="1:13" customHeight="1" ht="35">
       <c r="A345" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C345" s="3" t="s">
-        <v>1086</v>
+        <v>345</v>
       </c>
       <c r="D345" s="3" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="F345" s="3"/>
-      <c r="G345" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G345" s="3"/>
       <c r="H345" s="3"/>
       <c r="I345" s="3"/>
       <c r="J345" s="3"/>
       <c r="K345" s="3"/>
       <c r="L345" s="3"/>
       <c r="M345" s="3"/>
     </row>
     <row r="346" spans="1:13" customHeight="1" ht="35">
       <c r="A346" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>214</v>
+        <v>1030</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="F346" s="2"/>
-      <c r="G346" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G346" s="2"/>
       <c r="H346" s="2"/>
       <c r="I346" s="2"/>
       <c r="J346" s="2"/>
       <c r="K346" s="2"/>
       <c r="L346" s="2"/>
       <c r="M346" s="2"/>
     </row>
     <row r="347" spans="1:13" customHeight="1" ht="35">
       <c r="A347" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C347" s="3" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>403</v>
+        <v>1093</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>401</v>
+        <v>1094</v>
       </c>
       <c r="F347" s="3"/>
-      <c r="G347" s="3"/>
+      <c r="G347" s="3" t="s">
+        <v>483</v>
+      </c>
       <c r="H347" s="3"/>
       <c r="I347" s="3"/>
       <c r="J347" s="3"/>
       <c r="K347" s="3"/>
       <c r="L347" s="3"/>
       <c r="M347" s="3"/>
     </row>
     <row r="348" spans="1:13" customHeight="1" ht="35">
       <c r="A348" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>528</v>
+        <v>214</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>401</v>
+        <v>1096</v>
       </c>
       <c r="F348" s="2"/>
       <c r="G348" s="2" t="s">
         <v>133</v>
       </c>
       <c r="H348" s="2"/>
       <c r="I348" s="2"/>
       <c r="J348" s="2"/>
       <c r="K348" s="2"/>
       <c r="L348" s="2"/>
       <c r="M348" s="2"/>
     </row>
     <row r="349" spans="1:13" customHeight="1" ht="35">
       <c r="A349" s="3" t="s">
-        <v>994</v>
-[...1 lines deleted...]
-      <c r="B349" s="3"/>
+        <v>1000</v>
+      </c>
+      <c r="B349" s="3" t="s">
+        <v>11</v>
+      </c>
       <c r="C349" s="3" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="D349" s="3" t="s">
-        <v>1094</v>
+        <v>403</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3"/>
       <c r="I349" s="3"/>
       <c r="J349" s="3"/>
       <c r="K349" s="3"/>
       <c r="L349" s="3"/>
       <c r="M349" s="3"/>
     </row>
     <row r="350" spans="1:13" customHeight="1" ht="35">
       <c r="A350" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1095</v>
+        <v>528</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1097</v>
-[...4 lines deleted...]
-      <c r="G350" s="2"/>
+        <v>401</v>
+      </c>
+      <c r="F350" s="2"/>
+      <c r="G350" s="2" t="s">
+        <v>133</v>
+      </c>
       <c r="H350" s="2"/>
       <c r="I350" s="2"/>
       <c r="J350" s="2"/>
       <c r="K350" s="2"/>
       <c r="L350" s="2"/>
       <c r="M350" s="2"/>
     </row>
     <row r="351" spans="1:13" customHeight="1" ht="35">
-      <c r="A351" s="4" t="s">
-[...8 lines deleted...]
-      <c r="D351" s="4" t="s">
+      <c r="A351" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B351" s="3"/>
+      <c r="C351" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="E351" s="4" t="s">
+      <c r="D351" s="3" t="s">
         <v>1100</v>
       </c>
-      <c r="F351" s="4" t="s">
-[...12 lines deleted...]
-      <c r="M351" s="4"/>
+      <c r="E351" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F351" s="3"/>
+      <c r="G351" s="3"/>
+      <c r="H351" s="3"/>
+      <c r="I351" s="3"/>
+      <c r="J351" s="3"/>
+      <c r="K351" s="3"/>
+      <c r="L351" s="3"/>
+      <c r="M351" s="3"/>
     </row>
     <row r="352" spans="1:13" customHeight="1" ht="35">
       <c r="A352" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C352" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D352" s="2" t="s">
         <v>1102</v>
       </c>
-      <c r="D352" s="2" t="s">
+      <c r="E352" s="2" t="s">
         <v>1103</v>
       </c>
-      <c r="E352" s="2" t="s">
+      <c r="F352" s="2" t="s">
         <v>1104</v>
       </c>
-      <c r="F352" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G352" s="2"/>
       <c r="H352" s="2"/>
       <c r="I352" s="2"/>
       <c r="J352" s="2"/>
       <c r="K352" s="2"/>
       <c r="L352" s="2"/>
       <c r="M352" s="2"/>
     </row>
     <row r="353" spans="1:13" customHeight="1" ht="35">
-      <c r="A353" s="3" t="s">
-[...5 lines deleted...]
-      <c r="C353" s="3" t="s">
+      <c r="A353" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B353" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C353" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="D353" s="4" t="s">
         <v>1105</v>
       </c>
-      <c r="D353" s="3" t="s">
-[...5 lines deleted...]
-      <c r="F353" s="3" t="s">
+      <c r="E353" s="4" t="s">
         <v>1106</v>
       </c>
-      <c r="G353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="M353" s="3"/>
+      <c r="F353" s="4" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G353" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H353" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I353" s="4"/>
+      <c r="J353" s="4"/>
+      <c r="K353" s="4"/>
+      <c r="L353" s="4"/>
+      <c r="M353" s="4"/>
     </row>
     <row r="354" spans="1:13" customHeight="1" ht="35">
       <c r="A354" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D354" s="2" t="s">
-        <v>430</v>
+        <v>1109</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>431</v>
+        <v>1110</v>
       </c>
       <c r="F354" s="2"/>
       <c r="G354" s="2" t="s">
         <v>133</v>
       </c>
       <c r="H354" s="2"/>
       <c r="I354" s="2"/>
       <c r="J354" s="2"/>
       <c r="K354" s="2"/>
       <c r="L354" s="2"/>
       <c r="M354" s="2"/>
     </row>
     <row r="355" spans="1:13" customHeight="1" ht="35">
       <c r="A355" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C355" s="3" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>1109</v>
+        <v>430</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="F355" s="3"/>
+        <v>431</v>
+      </c>
+      <c r="F355" s="3" t="s">
+        <v>1112</v>
+      </c>
       <c r="G355" s="3" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="H355" s="3"/>
       <c r="I355" s="3"/>
       <c r="J355" s="3"/>
       <c r="K355" s="3"/>
       <c r="L355" s="3"/>
       <c r="M355" s="3"/>
     </row>
     <row r="356" spans="1:13" customHeight="1" ht="35">
-      <c r="A356" s="4" t="s">
-[...23 lines deleted...]
-      <c r="M356" s="4"/>
+      <c r="A356" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B356" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C356" s="2" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D356" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="E356" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="F356" s="2"/>
+      <c r="G356" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H356" s="2"/>
+      <c r="I356" s="2"/>
+      <c r="J356" s="2"/>
+      <c r="K356" s="2"/>
+      <c r="L356" s="2"/>
+      <c r="M356" s="2"/>
     </row>
     <row r="357" spans="1:13" customHeight="1" ht="35">
       <c r="A357" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C357" s="3" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>449</v>
-[...3 lines deleted...]
-      </c>
+        <v>1116</v>
+      </c>
+      <c r="F357" s="3"/>
       <c r="G357" s="3" t="s">
-        <v>30</v>
+        <v>114</v>
       </c>
       <c r="H357" s="3"/>
       <c r="I357" s="3"/>
       <c r="J357" s="3"/>
       <c r="K357" s="3"/>
       <c r="L357" s="3"/>
       <c r="M357" s="3"/>
     </row>
     <row r="358" spans="1:13" customHeight="1" ht="35">
-      <c r="A358" s="2" t="s">
-[...8 lines deleted...]
-      <c r="D358" s="2" t="s">
+      <c r="A358" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B358" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C358" s="4" t="s">
         <v>1117</v>
       </c>
-      <c r="E358" s="2" t="s">
+      <c r="D358" s="4" t="s">
         <v>1118</v>
       </c>
-      <c r="F358" s="2"/>
-[...8 lines deleted...]
-      <c r="M358" s="2"/>
+      <c r="E358" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F358" s="4"/>
+      <c r="G358" s="4"/>
+      <c r="H358" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I358" s="4"/>
+      <c r="J358" s="4"/>
+      <c r="K358" s="4"/>
+      <c r="L358" s="4"/>
+      <c r="M358" s="4"/>
     </row>
     <row r="359" spans="1:13" customHeight="1" ht="35">
-      <c r="A359" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C359" s="4" t="s">
+      <c r="A359" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B359" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C359" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="D359" s="4" t="s">
+      <c r="D359" s="3" t="s">
         <v>1120</v>
       </c>
-      <c r="E359" s="4" t="s">
+      <c r="E359" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F359" s="3" t="s">
         <v>1121</v>
       </c>
-      <c r="F359" s="4"/>
-[...10 lines deleted...]
-      <c r="M359" s="4"/>
+      <c r="G359" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H359" s="3"/>
+      <c r="I359" s="3"/>
+      <c r="J359" s="3"/>
+      <c r="K359" s="3"/>
+      <c r="L359" s="3"/>
+      <c r="M359" s="3"/>
     </row>
     <row r="360" spans="1:13" customHeight="1" ht="35">
       <c r="A360" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C360" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="F360" s="2"/>
       <c r="G360" s="2" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="H360" s="2"/>
       <c r="I360" s="2"/>
       <c r="J360" s="2"/>
       <c r="K360" s="2"/>
       <c r="L360" s="2"/>
       <c r="M360" s="2"/>
     </row>
     <row r="361" spans="1:13" customHeight="1" ht="35">
-      <c r="A361" s="3" t="s">
-[...5 lines deleted...]
-      <c r="C361" s="3" t="s">
+      <c r="A361" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B361" s="4"/>
+      <c r="C361" s="4" t="s">
         <v>1125</v>
       </c>
-      <c r="D361" s="3" t="s">
+      <c r="D361" s="4" t="s">
         <v>1126</v>
       </c>
-      <c r="E361" s="3" t="s">
+      <c r="E361" s="4" t="s">
         <v>1127</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...10 lines deleted...]
-      <c r="M361" s="3"/>
+      <c r="F361" s="4"/>
+      <c r="G361" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H361" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I361" s="4"/>
+      <c r="J361" s="4"/>
+      <c r="K361" s="4"/>
+      <c r="L361" s="4"/>
+      <c r="M361" s="4"/>
     </row>
     <row r="362" spans="1:13" customHeight="1" ht="35">
       <c r="A362" s="2" t="s">
-        <v>994</v>
-[...1 lines deleted...]
-      <c r="B362" s="2"/>
+        <v>1000</v>
+      </c>
+      <c r="B362" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="C362" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D362" s="2" t="s">
         <v>1129</v>
       </c>
-      <c r="D362" s="2" t="s">
+      <c r="E362" s="2" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="F362" s="2"/>
       <c r="G362" s="2" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="H362" s="2"/>
       <c r="I362" s="2"/>
       <c r="J362" s="2"/>
       <c r="K362" s="2"/>
       <c r="L362" s="2"/>
       <c r="M362" s="2"/>
     </row>
     <row r="363" spans="1:13" customHeight="1" ht="35">
       <c r="A363" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C363" s="3" t="s">
-        <v>594</v>
+        <v>1131</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>1132</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="F363" s="3" t="s">
         <v>1134</v>
       </c>
-      <c r="G363" s="3"/>
+      <c r="G363" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="H363" s="3"/>
       <c r="I363" s="3"/>
       <c r="J363" s="3"/>
       <c r="K363" s="3"/>
       <c r="L363" s="3"/>
       <c r="M363" s="3"/>
     </row>
     <row r="364" spans="1:13" customHeight="1" ht="35">
       <c r="A364" s="2" t="s">
-        <v>994</v>
-[...3 lines deleted...]
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="B364" s="2"/>
       <c r="C364" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>1137</v>
       </c>
-      <c r="F364" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F364" s="2"/>
       <c r="G364" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="H364" s="2"/>
       <c r="I364" s="2"/>
       <c r="J364" s="2"/>
       <c r="K364" s="2"/>
       <c r="L364" s="2"/>
       <c r="M364" s="2"/>
     </row>
     <row r="365" spans="1:13" customHeight="1" ht="35">
       <c r="A365" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C365" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="D365" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="D365" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="F365" s="3" t="s">
         <v>1140</v>
       </c>
-      <c r="F365" s="3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G365" s="3"/>
       <c r="H365" s="3"/>
       <c r="I365" s="3"/>
       <c r="J365" s="3"/>
       <c r="K365" s="3"/>
       <c r="L365" s="3"/>
       <c r="M365" s="3"/>
     </row>
     <row r="366" spans="1:13" customHeight="1" ht="35">
       <c r="A366" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1143</v>
       </c>
-      <c r="F366" s="2"/>
+      <c r="F366" s="2" t="s">
+        <v>1144</v>
+      </c>
       <c r="G366" s="2" t="s">
-        <v>133</v>
+        <v>30</v>
       </c>
       <c r="H366" s="2"/>
       <c r="I366" s="2"/>
       <c r="J366" s="2"/>
       <c r="K366" s="2"/>
       <c r="L366" s="2"/>
       <c r="M366" s="2"/>
     </row>
     <row r="367" spans="1:13" customHeight="1" ht="35">
       <c r="A367" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C367" s="3" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D367" s="3" t="s">
-        <v>548</v>
+        <v>525</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>549</v>
-[...4 lines deleted...]
-      <c r="G367" s="3"/>
+        <v>1146</v>
+      </c>
+      <c r="F367" s="3"/>
+      <c r="G367" s="3" t="s">
+        <v>142</v>
+      </c>
       <c r="H367" s="3"/>
       <c r="I367" s="3"/>
       <c r="J367" s="3"/>
       <c r="K367" s="3"/>
       <c r="L367" s="3"/>
       <c r="M367" s="3"/>
     </row>
     <row r="368" spans="1:13" customHeight="1" ht="35">
       <c r="A368" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D368" s="2" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1147</v>
-[...1 lines deleted...]
-      <c r="F368" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F368" s="2"/>
+      <c r="G368" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="G368" s="2"/>
       <c r="H368" s="2"/>
       <c r="I368" s="2"/>
       <c r="J368" s="2"/>
       <c r="K368" s="2"/>
       <c r="L368" s="2"/>
       <c r="M368" s="2"/>
     </row>
     <row r="369" spans="1:13" customHeight="1" ht="35">
       <c r="A369" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C369" s="3" t="s">
-        <v>693</v>
+        <v>1150</v>
       </c>
       <c r="D369" s="3" t="s">
-        <v>1148</v>
+        <v>548</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1149</v>
+        <v>549</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>1150</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="G369" s="3"/>
       <c r="H369" s="3"/>
       <c r="I369" s="3"/>
       <c r="J369" s="3"/>
       <c r="K369" s="3"/>
       <c r="L369" s="3"/>
       <c r="M369" s="3"/>
     </row>
     <row r="370" spans="1:13" customHeight="1" ht="35">
       <c r="A370" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1153</v>
       </c>
-      <c r="F370" s="2"/>
+      <c r="F370" s="2" t="s">
+        <v>133</v>
+      </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2"/>
       <c r="I370" s="2"/>
       <c r="J370" s="2"/>
       <c r="K370" s="2"/>
       <c r="L370" s="2"/>
       <c r="M370" s="2"/>
     </row>
     <row r="371" spans="1:13" customHeight="1" ht="35">
-      <c r="A371" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C371" s="4" t="s">
+      <c r="A371" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B371" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C371" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="D371" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="D371" s="4" t="s">
+      <c r="E371" s="3" t="s">
         <v>1155</v>
       </c>
-      <c r="E371" s="4" t="s">
+      <c r="F371" s="3" t="s">
         <v>1156</v>
       </c>
-      <c r="F371" s="4"/>
-      <c r="G371" s="4" t="s">
+      <c r="G371" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H371" s="3"/>
+      <c r="I371" s="3"/>
+      <c r="J371" s="3"/>
+      <c r="K371" s="3"/>
+      <c r="L371" s="3"/>
+      <c r="M371" s="3"/>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="35">
+      <c r="A372" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B372" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C372" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E372" s="2" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F372" s="2"/>
+      <c r="G372" s="2"/>
+      <c r="H372" s="2"/>
+      <c r="I372" s="2"/>
+      <c r="J372" s="2"/>
+      <c r="K372" s="2"/>
+      <c r="L372" s="2"/>
+      <c r="M372" s="2"/>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="35">
+      <c r="A373" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B373" s="4"/>
+      <c r="C373" s="4" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D373" s="4" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E373" s="4" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F373" s="4"/>
+      <c r="G373" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="H371" s="4" t="s">
+      <c r="H373" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="I371" s="4"/>
-[...10 lines deleted...]
-      <c r="C372" s="4" t="s">
+      <c r="I373" s="4"/>
+      <c r="J373" s="4"/>
+      <c r="K373" s="4"/>
+      <c r="L373" s="4"/>
+      <c r="M373" s="4"/>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="35">
+      <c r="A374" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B374" s="4"/>
+      <c r="C374" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="D372" s="4" t="s">
-[...7 lines deleted...]
-      <c r="H372" s="4" t="s">
+      <c r="D374" s="4" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E374" s="4" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F374" s="4"/>
+      <c r="G374" s="4"/>
+      <c r="H374" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="I372" s="4"/>
-[...9 lines deleted...]
-      <c r="B373" s="3" t="s">
+      <c r="I374" s="4"/>
+      <c r="J374" s="4"/>
+      <c r="K374" s="4"/>
+      <c r="L374" s="4"/>
+      <c r="M374" s="4"/>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="35">
+      <c r="A375" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B375" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="C373" s="3" t="s">
-[...51 lines deleted...]
-      <c r="C375" s="4" t="s">
+      <c r="C375" s="3" t="s">
         <v>1165</v>
       </c>
-      <c r="D375" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="4" t="s">
+      <c r="D375" s="3" t="s">
         <v>1166</v>
       </c>
-      <c r="F375" s="4"/>
-[...8 lines deleted...]
-      <c r="M375" s="4"/>
+      <c r="E375" s="3" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F375" s="3"/>
+      <c r="G375" s="3"/>
+      <c r="H375" s="3"/>
+      <c r="I375" s="3"/>
+      <c r="J375" s="3"/>
+      <c r="K375" s="3"/>
+      <c r="L375" s="3"/>
+      <c r="M375" s="3"/>
     </row>
     <row r="376" spans="1:13" customHeight="1" ht="35">
       <c r="A376" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>586</v>
+        <v>1169</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="F376" s="2"/>
+        <v>577</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>1170</v>
+      </c>
       <c r="G376" s="2" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="H376" s="2"/>
       <c r="I376" s="2"/>
       <c r="J376" s="2"/>
       <c r="K376" s="2"/>
       <c r="L376" s="2"/>
       <c r="M376" s="2"/>
     </row>
     <row r="377" spans="1:13" customHeight="1" ht="35">
-      <c r="A377" s="3" t="s">
-[...14 lines deleted...]
-      <c r="F377" s="3" t="s">
+      <c r="A377" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B377" s="4"/>
+      <c r="C377" s="4" t="s">
         <v>1171</v>
       </c>
-      <c r="G377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="M377" s="3"/>
+      <c r="D377" s="4" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E377" s="4" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F377" s="4"/>
+      <c r="G377" s="4"/>
+      <c r="H377" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I377" s="4"/>
+      <c r="J377" s="4"/>
+      <c r="K377" s="4"/>
+      <c r="L377" s="4"/>
+      <c r="M377" s="4"/>
     </row>
     <row r="378" spans="1:13" customHeight="1" ht="35">
       <c r="A378" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>1173</v>
+        <v>586</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="F378" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="F378" s="2"/>
+      <c r="G378" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="G378" s="2"/>
       <c r="H378" s="2"/>
       <c r="I378" s="2"/>
       <c r="J378" s="2"/>
       <c r="K378" s="2"/>
       <c r="L378" s="2"/>
       <c r="M378" s="2"/>
     </row>
     <row r="379" spans="1:13" customHeight="1" ht="35">
-      <c r="A379" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C379" s="4" t="s">
+      <c r="A379" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B379" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C379" s="3" t="s">
         <v>1174</v>
       </c>
-      <c r="D379" s="4" t="s">
+      <c r="D379" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="E379" s="4" t="s">
+      <c r="E379" s="3" t="s">
         <v>1176</v>
       </c>
-      <c r="F379" s="4"/>
-[...8 lines deleted...]
-      <c r="M379" s="4"/>
+      <c r="F379" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H379" s="3"/>
+      <c r="I379" s="3"/>
+      <c r="J379" s="3"/>
+      <c r="K379" s="3"/>
+      <c r="L379" s="3"/>
+      <c r="M379" s="3"/>
     </row>
     <row r="380" spans="1:13" customHeight="1" ht="35">
       <c r="A380" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="D380" s="2" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>625</v>
+        <v>605</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2"/>
       <c r="I380" s="2"/>
       <c r="J380" s="2"/>
       <c r="K380" s="2"/>
       <c r="L380" s="2"/>
       <c r="M380" s="2"/>
     </row>
     <row r="381" spans="1:13" customHeight="1" ht="35">
-      <c r="A381" s="3" t="s">
-[...8 lines deleted...]
-      <c r="D381" s="3" t="s">
+      <c r="A381" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B381" s="4"/>
+      <c r="C381" s="4" t="s">
         <v>1180</v>
       </c>
-      <c r="E381" s="3" t="s">
+      <c r="D381" s="4" t="s">
         <v>1181</v>
       </c>
-      <c r="F381" s="3"/>
-[...6 lines deleted...]
-      <c r="M381" s="3"/>
+      <c r="E381" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F381" s="4"/>
+      <c r="G381" s="4"/>
+      <c r="H381" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I381" s="4"/>
+      <c r="J381" s="4"/>
+      <c r="K381" s="4"/>
+      <c r="L381" s="4"/>
+      <c r="M381" s="4"/>
     </row>
     <row r="382" spans="1:13" customHeight="1" ht="35">
       <c r="A382" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>289</v>
+        <v>17</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1184</v>
+        <v>625</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1185</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="G382" s="2"/>
       <c r="H382" s="2"/>
       <c r="I382" s="2"/>
       <c r="J382" s="2"/>
       <c r="K382" s="2"/>
       <c r="L382" s="2"/>
       <c r="M382" s="2"/>
     </row>
     <row r="383" spans="1:13" customHeight="1" ht="35">
       <c r="A383" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>289</v>
+        <v>17</v>
       </c>
       <c r="C383" s="3" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D383" s="3" t="s">
         <v>1186</v>
       </c>
-      <c r="D383" s="3" t="s">
+      <c r="E383" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="E383" s="3" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F383" s="3"/>
+      <c r="G383" s="3"/>
       <c r="H383" s="3"/>
       <c r="I383" s="3"/>
       <c r="J383" s="3"/>
       <c r="K383" s="3"/>
       <c r="L383" s="3"/>
       <c r="M383" s="3"/>
     </row>
     <row r="384" spans="1:13" customHeight="1" ht="35">
       <c r="A384" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>11</v>
+        <v>289</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1140</v>
+        <v>1188</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-      <c r="G384" s="2"/>
+        <v>1190</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>81</v>
+      </c>
       <c r="H384" s="2"/>
       <c r="I384" s="2"/>
       <c r="J384" s="2"/>
       <c r="K384" s="2"/>
       <c r="L384" s="2"/>
       <c r="M384" s="2"/>
     </row>
     <row r="385" spans="1:13" customHeight="1" ht="35">
       <c r="A385" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>17</v>
+        <v>289</v>
       </c>
       <c r="C385" s="3" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="D385" s="3" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1192</v>
-[...1 lines deleted...]
-      <c r="F385" s="3"/>
+        <v>681</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>970</v>
+      </c>
       <c r="G385" s="3" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="H385" s="3"/>
       <c r="I385" s="3"/>
       <c r="J385" s="3"/>
       <c r="K385" s="3"/>
       <c r="L385" s="3"/>
       <c r="M385" s="3"/>
     </row>
     <row r="386" spans="1:13" customHeight="1" ht="35">
       <c r="A386" s="2" t="s">
-        <v>994</v>
-[...1 lines deleted...]
-      <c r="B386" s="2"/>
+        <v>1000</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>11</v>
+      </c>
       <c r="C386" s="2" t="s">
-        <v>1193</v>
+        <v>1146</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>1194</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>1195</v>
       </c>
-      <c r="F386" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F386" s="2"/>
       <c r="G386" s="2"/>
       <c r="H386" s="2"/>
       <c r="I386" s="2"/>
       <c r="J386" s="2"/>
       <c r="K386" s="2"/>
       <c r="L386" s="2"/>
       <c r="M386" s="2"/>
     </row>
     <row r="387" spans="1:13" customHeight="1" ht="35">
       <c r="A387" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C387" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D387" s="3" t="s">
         <v>1197</v>
       </c>
-      <c r="D387" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E387" s="3" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="F387" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="G387" s="3"/>
+      <c r="F387" s="3"/>
+      <c r="G387" s="3" t="s">
+        <v>59</v>
+      </c>
       <c r="H387" s="3"/>
       <c r="I387" s="3"/>
       <c r="J387" s="3"/>
       <c r="K387" s="3"/>
       <c r="L387" s="3"/>
       <c r="M387" s="3"/>
     </row>
     <row r="388" spans="1:13" customHeight="1" ht="35">
       <c r="A388" s="2" t="s">
-        <v>994</v>
-[...3 lines deleted...]
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="B388" s="2"/>
       <c r="C388" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>1200</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>1201</v>
       </c>
-      <c r="F388" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F388" s="2" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G388" s="2"/>
       <c r="H388" s="2"/>
       <c r="I388" s="2"/>
       <c r="J388" s="2"/>
       <c r="K388" s="2"/>
       <c r="L388" s="2"/>
       <c r="M388" s="2"/>
     </row>
     <row r="389" spans="1:13" customHeight="1" ht="35">
       <c r="A389" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C389" s="3" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D389" s="3" t="s">
-        <v>712</v>
+        <v>697</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1203</v>
+        <v>698</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>59</v>
+        <v>1204</v>
       </c>
       <c r="G389" s="3"/>
       <c r="H389" s="3"/>
       <c r="I389" s="3"/>
       <c r="J389" s="3"/>
       <c r="K389" s="3"/>
       <c r="L389" s="3"/>
       <c r="M389" s="3"/>
     </row>
     <row r="390" spans="1:13" customHeight="1" ht="35">
       <c r="A390" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1206</v>
-[...1 lines deleted...]
-      <c r="F390" s="2" t="s">
         <v>1207</v>
       </c>
+      <c r="F390" s="2"/>
       <c r="G390" s="2" t="s">
-        <v>30</v>
+        <v>133</v>
       </c>
       <c r="H390" s="2"/>
       <c r="I390" s="2"/>
       <c r="J390" s="2"/>
       <c r="K390" s="2"/>
       <c r="L390" s="2"/>
       <c r="M390" s="2"/>
     </row>
     <row r="391" spans="1:13" customHeight="1" ht="35">
       <c r="A391" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C391" s="3" t="s">
-        <v>57</v>
+        <v>1208</v>
       </c>
       <c r="D391" s="3" t="s">
-        <v>1208</v>
+        <v>712</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>1209</v>
       </c>
-      <c r="F391" s="3"/>
-      <c r="G391" s="3" t="s">
+      <c r="F391" s="3" t="s">
         <v>59</v>
       </c>
+      <c r="G391" s="3"/>
       <c r="H391" s="3"/>
       <c r="I391" s="3"/>
       <c r="J391" s="3"/>
       <c r="K391" s="3"/>
       <c r="L391" s="3"/>
       <c r="M391" s="3"/>
     </row>
     <row r="392" spans="1:13" customHeight="1" ht="35">
       <c r="A392" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>1210</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>547</v>
+        <v>1211</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1211</v>
-[...1 lines deleted...]
-      <c r="F392" s="2"/>
+        <v>1212</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>1213</v>
+      </c>
       <c r="G392" s="2" t="s">
-        <v>133</v>
+        <v>30</v>
       </c>
       <c r="H392" s="2"/>
       <c r="I392" s="2"/>
       <c r="J392" s="2"/>
       <c r="K392" s="2"/>
       <c r="L392" s="2"/>
       <c r="M392" s="2"/>
     </row>
     <row r="393" spans="1:13" customHeight="1" ht="35">
       <c r="A393" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C393" s="3" t="s">
-        <v>1212</v>
+        <v>57</v>
       </c>
       <c r="D393" s="3" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1214</v>
-[...1 lines deleted...]
-      <c r="F393" s="3" t="s">
         <v>1215</v>
       </c>
+      <c r="F393" s="3"/>
       <c r="G393" s="3" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="H393" s="3"/>
       <c r="I393" s="3"/>
       <c r="J393" s="3"/>
       <c r="K393" s="3"/>
       <c r="L393" s="3"/>
       <c r="M393" s="3"/>
     </row>
     <row r="394" spans="1:13" customHeight="1" ht="35">
       <c r="A394" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C394" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="D394" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="E394" s="2" t="s">
         <v>1217</v>
       </c>
-      <c r="E394" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F394" s="2"/>
       <c r="G394" s="2" t="s">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="H394" s="2"/>
       <c r="I394" s="2"/>
       <c r="J394" s="2"/>
       <c r="K394" s="2"/>
       <c r="L394" s="2"/>
       <c r="M394" s="2"/>
     </row>
     <row r="395" spans="1:13" customHeight="1" ht="35">
-      <c r="A395" s="4" t="s">
-[...6 lines deleted...]
-      <c r="D395" s="4" t="s">
+      <c r="A395" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B395" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C395" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D395" s="3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1220</v>
       </c>
-      <c r="E395" s="4" t="s">
+      <c r="F395" s="3" t="s">
         <v>1221</v>
       </c>
-      <c r="F395" s="4"/>
-[...8 lines deleted...]
-      <c r="M395" s="4"/>
+      <c r="G395" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H395" s="3"/>
+      <c r="I395" s="3"/>
+      <c r="J395" s="3"/>
+      <c r="K395" s="3"/>
+      <c r="L395" s="3"/>
+      <c r="M395" s="3"/>
     </row>
     <row r="396" spans="1:13" customHeight="1" ht="35">
       <c r="A396" s="2" t="s">
-        <v>994</v>
-[...1 lines deleted...]
-      <c r="B396" s="2"/>
+        <v>1000</v>
+      </c>
+      <c r="B396" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="C396" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>1224</v>
       </c>
-      <c r="F396" s="2"/>
+      <c r="F396" s="2" t="s">
+        <v>1225</v>
+      </c>
       <c r="G396" s="2" t="s">
         <v>81</v>
       </c>
       <c r="H396" s="2"/>
       <c r="I396" s="2"/>
       <c r="J396" s="2"/>
       <c r="K396" s="2"/>
       <c r="L396" s="2"/>
       <c r="M396" s="2"/>
     </row>
     <row r="397" spans="1:13" customHeight="1" ht="35">
-      <c r="A397" s="3" t="s">
-[...17 lines deleted...]
-      <c r="M397" s="3"/>
+      <c r="A397" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B397" s="4"/>
+      <c r="C397" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="D397" s="4" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E397" s="4" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F397" s="4"/>
+      <c r="G397" s="4"/>
+      <c r="H397" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I397" s="4"/>
+      <c r="J397" s="4"/>
+      <c r="K397" s="4"/>
+      <c r="L397" s="4"/>
+      <c r="M397" s="4"/>
     </row>
     <row r="398" spans="1:13" customHeight="1" ht="35">
       <c r="A398" s="2" t="s">
-        <v>994</v>
-[...3 lines deleted...]
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="B398" s="2"/>
       <c r="C398" s="2" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1228</v>
-[...3 lines deleted...]
-      </c>
+        <v>1230</v>
+      </c>
+      <c r="F398" s="2"/>
       <c r="G398" s="2" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="H398" s="2"/>
       <c r="I398" s="2"/>
       <c r="J398" s="2"/>
       <c r="K398" s="2"/>
       <c r="L398" s="2"/>
       <c r="M398" s="2"/>
     </row>
     <row r="399" spans="1:13" customHeight="1" ht="35">
       <c r="A399" s="3" t="s">
-        <v>994</v>
-[...3 lines deleted...]
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="B399" s="3"/>
       <c r="C399" s="3" t="s">
-        <v>1230</v>
-[...1 lines deleted...]
-      <c r="D399" s="3" t="s">
         <v>1231</v>
       </c>
-      <c r="E399" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D399" s="3"/>
+      <c r="E399" s="3"/>
       <c r="F399" s="3"/>
-      <c r="G399" s="3"/>
+      <c r="G399" s="3" t="s">
+        <v>43</v>
+      </c>
       <c r="H399" s="3"/>
       <c r="I399" s="3"/>
       <c r="J399" s="3"/>
       <c r="K399" s="3"/>
       <c r="L399" s="3"/>
       <c r="M399" s="3"/>
     </row>
     <row r="400" spans="1:13" customHeight="1" ht="35">
       <c r="A400" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>673</v>
+        <v>1232</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>1234</v>
       </c>
-      <c r="F400" s="2"/>
+      <c r="F400" s="2" t="s">
+        <v>1235</v>
+      </c>
       <c r="G400" s="2" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="H400" s="2"/>
       <c r="I400" s="2"/>
       <c r="J400" s="2"/>
       <c r="K400" s="2"/>
       <c r="L400" s="2"/>
       <c r="M400" s="2"/>
     </row>
     <row r="401" spans="1:13" customHeight="1" ht="35">
       <c r="A401" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C401" s="3" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D401" s="3" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1237</v>
-[...1 lines deleted...]
-      <c r="F401" s="3" t="s">
         <v>1238</v>
       </c>
+      <c r="F401" s="3"/>
       <c r="G401" s="3"/>
       <c r="H401" s="3"/>
       <c r="I401" s="3"/>
       <c r="J401" s="3"/>
       <c r="K401" s="3"/>
       <c r="L401" s="3"/>
       <c r="M401" s="3"/>
     </row>
     <row r="402" spans="1:13" customHeight="1" ht="35">
       <c r="A402" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C402" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="D402" s="2" t="s">
         <v>1239</v>
       </c>
-      <c r="D402" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E402" s="2" t="s">
-        <v>1237</v>
-[...4 lines deleted...]
-      <c r="G402" s="2"/>
+        <v>1240</v>
+      </c>
+      <c r="F402" s="2"/>
+      <c r="G402" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="H402" s="2"/>
       <c r="I402" s="2"/>
       <c r="J402" s="2"/>
       <c r="K402" s="2"/>
       <c r="L402" s="2"/>
       <c r="M402" s="2"/>
     </row>
     <row r="403" spans="1:13" customHeight="1" ht="35">
       <c r="A403" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C403" s="3" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D403" s="3" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1242</v>
-[...4 lines deleted...]
-      </c>
+        <v>1243</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G403" s="3"/>
       <c r="H403" s="3"/>
       <c r="I403" s="3"/>
       <c r="J403" s="3"/>
       <c r="K403" s="3"/>
       <c r="L403" s="3"/>
       <c r="M403" s="3"/>
     </row>
     <row r="404" spans="1:13" customHeight="1" ht="35">
       <c r="A404" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C404" s="2" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D404" s="2" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E404" s="2" t="s">
         <v>1243</v>
       </c>
-      <c r="D404" s="2" t="s">
+      <c r="F404" s="2" t="s">
         <v>1244</v>
       </c>
-      <c r="E404" s="2" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="G404" s="2"/>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
       <c r="J404" s="2"/>
       <c r="K404" s="2"/>
       <c r="L404" s="2"/>
       <c r="M404" s="2"/>
     </row>
     <row r="405" spans="1:13" customHeight="1" ht="35">
       <c r="A405" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C405" s="3" t="s">
         <v>1246</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>1248</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F405" s="3"/>
       <c r="G405" s="3" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="H405" s="3"/>
       <c r="I405" s="3"/>
       <c r="J405" s="3"/>
       <c r="K405" s="3"/>
       <c r="L405" s="3"/>
       <c r="M405" s="3"/>
     </row>
     <row r="406" spans="1:13" customHeight="1" ht="35">
       <c r="A406" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C406" s="2" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D406" s="2" t="s">
         <v>1250</v>
       </c>
-      <c r="D406" s="2"/>
-[...4 lines deleted...]
-      <c r="G406" s="2"/>
+      <c r="E406" s="2" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F406" s="2"/>
+      <c r="G406" s="2" t="s">
+        <v>114</v>
+      </c>
       <c r="H406" s="2"/>
       <c r="I406" s="2"/>
       <c r="J406" s="2"/>
       <c r="K406" s="2"/>
       <c r="L406" s="2"/>
       <c r="M406" s="2"/>
     </row>
     <row r="407" spans="1:13" customHeight="1" ht="35">
       <c r="A407" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C407" s="3" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D407" s="3" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F407" s="3" t="s">
+        <v>1255</v>
+      </c>
+      <c r="G407" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="G407" s="3"/>
       <c r="H407" s="3"/>
       <c r="I407" s="3"/>
       <c r="J407" s="3"/>
       <c r="K407" s="3"/>
       <c r="L407" s="3"/>
       <c r="M407" s="3"/>
     </row>
     <row r="408" spans="1:13" customHeight="1" ht="35">
       <c r="A408" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1254</v>
-[...4 lines deleted...]
-      <c r="E408" s="2" t="s">
         <v>1256</v>
       </c>
-      <c r="F408" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D408" s="2"/>
+      <c r="E408" s="2"/>
+      <c r="F408" s="2" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G408" s="2"/>
       <c r="H408" s="2"/>
       <c r="I408" s="2"/>
       <c r="J408" s="2"/>
       <c r="K408" s="2"/>
       <c r="L408" s="2"/>
       <c r="M408" s="2"/>
     </row>
     <row r="409" spans="1:13" customHeight="1" ht="35">
       <c r="A409" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C409" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="D409" s="3" t="s">
-        <v>302</v>
+        <v>1258</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>1259</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="G409" s="3"/>
       <c r="H409" s="3"/>
       <c r="I409" s="3"/>
       <c r="J409" s="3"/>
       <c r="K409" s="3"/>
       <c r="L409" s="3"/>
       <c r="M409" s="3"/>
     </row>
     <row r="410" spans="1:13" customHeight="1" ht="35">
       <c r="A410" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C410" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>1262</v>
       </c>
-      <c r="F410" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G410" s="2"/>
+      <c r="F410" s="2"/>
+      <c r="G410" s="2" t="s">
+        <v>133</v>
+      </c>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
       <c r="J410" s="2"/>
       <c r="K410" s="2"/>
       <c r="L410" s="2"/>
       <c r="M410" s="2"/>
     </row>
     <row r="411" spans="1:13" customHeight="1" ht="35">
       <c r="A411" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C411" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D411" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1264</v>
       </c>
-      <c r="D411" s="3" t="s">
+      <c r="F411" s="3" t="s">
         <v>1265</v>
       </c>
-      <c r="E411" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G411" s="3"/>
+      <c r="G411" s="3" t="s">
+        <v>142</v>
+      </c>
       <c r="H411" s="3"/>
       <c r="I411" s="3"/>
       <c r="J411" s="3"/>
       <c r="K411" s="3"/>
       <c r="L411" s="3"/>
       <c r="M411" s="3"/>
     </row>
     <row r="412" spans="1:13" customHeight="1" ht="35">
       <c r="A412" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C412" s="2" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E412" s="2" t="s">
         <v>1268</v>
       </c>
-      <c r="D412" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="2" t="s">
+      <c r="F412" s="2" t="s">
         <v>1269</v>
       </c>
-      <c r="F412" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G412" s="2"/>
       <c r="H412" s="2"/>
       <c r="I412" s="2"/>
       <c r="J412" s="2"/>
       <c r="K412" s="2"/>
       <c r="L412" s="2"/>
       <c r="M412" s="2"/>
     </row>
     <row r="413" spans="1:13" customHeight="1" ht="35">
       <c r="A413" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C413" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="D413" s="3" t="s">
-        <v>818</v>
+        <v>1271</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1064</v>
-[...1 lines deleted...]
-      <c r="F413" s="3"/>
+        <v>1272</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>1273</v>
+      </c>
       <c r="G413" s="3"/>
       <c r="H413" s="3"/>
       <c r="I413" s="3"/>
       <c r="J413" s="3"/>
       <c r="K413" s="3"/>
       <c r="L413" s="3"/>
       <c r="M413" s="3"/>
     </row>
     <row r="414" spans="1:13" customHeight="1" ht="35">
       <c r="A414" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>1272</v>
+        <v>818</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="F414" s="2"/>
       <c r="G414" s="2" t="s">
-        <v>81</v>
+        <v>142</v>
       </c>
       <c r="H414" s="2"/>
       <c r="I414" s="2"/>
       <c r="J414" s="2"/>
       <c r="K414" s="2"/>
       <c r="L414" s="2"/>
       <c r="M414" s="2"/>
     </row>
     <row r="415" spans="1:13" customHeight="1" ht="35">
       <c r="A415" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C415" s="3" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D415" s="3" t="s">
-        <v>1275</v>
+        <v>818</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1276</v>
+        <v>1070</v>
       </c>
       <c r="F415" s="3"/>
-      <c r="G415" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G415" s="3"/>
       <c r="H415" s="3"/>
       <c r="I415" s="3"/>
       <c r="J415" s="3"/>
       <c r="K415" s="3"/>
       <c r="L415" s="3"/>
       <c r="M415" s="3"/>
     </row>
     <row r="416" spans="1:13" customHeight="1" ht="35">
       <c r="A416" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C416" s="2" t="s">
         <v>1277</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>936</v>
+        <v>1278</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="F416" s="2"/>
       <c r="G416" s="2" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="H416" s="2"/>
       <c r="I416" s="2"/>
       <c r="J416" s="2"/>
       <c r="K416" s="2"/>
       <c r="L416" s="2"/>
       <c r="M416" s="2"/>
     </row>
     <row r="417" spans="1:13" customHeight="1" ht="35">
       <c r="A417" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C417" s="3" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="D417" s="3" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="F417" s="3"/>
-      <c r="G417" s="3"/>
+      <c r="G417" s="3" t="s">
+        <v>133</v>
+      </c>
       <c r="H417" s="3"/>
       <c r="I417" s="3"/>
       <c r="J417" s="3"/>
       <c r="K417" s="3"/>
       <c r="L417" s="3"/>
       <c r="M417" s="3"/>
     </row>
     <row r="418" spans="1:13" customHeight="1" ht="35">
       <c r="A418" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>1283</v>
+        <v>936</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="F418" s="2"/>
       <c r="G418" s="2" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="H418" s="2"/>
       <c r="I418" s="2"/>
       <c r="J418" s="2"/>
       <c r="K418" s="2"/>
       <c r="L418" s="2"/>
       <c r="M418" s="2"/>
     </row>
     <row r="419" spans="1:13" customHeight="1" ht="35">
       <c r="A419" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C419" s="3" t="s">
-        <v>560</v>
+        <v>1285</v>
       </c>
       <c r="D419" s="3" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1286</v>
-[...3 lines deleted...]
-      </c>
+        <v>1287</v>
+      </c>
+      <c r="F419" s="3"/>
       <c r="G419" s="3"/>
       <c r="H419" s="3"/>
       <c r="I419" s="3"/>
       <c r="J419" s="3"/>
       <c r="K419" s="3"/>
       <c r="L419" s="3"/>
       <c r="M419" s="3"/>
     </row>
     <row r="420" spans="1:13" customHeight="1" ht="35">
       <c r="A420" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="F420" s="2"/>
-      <c r="G420" s="2"/>
+      <c r="G420" s="2" t="s">
+        <v>114</v>
+      </c>
       <c r="H420" s="2"/>
       <c r="I420" s="2"/>
       <c r="J420" s="2"/>
       <c r="K420" s="2"/>
       <c r="L420" s="2"/>
       <c r="M420" s="2"/>
     </row>
     <row r="421" spans="1:13" customHeight="1" ht="35">
       <c r="A421" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C421" s="3" t="s">
-        <v>1290</v>
+        <v>560</v>
       </c>
       <c r="D421" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>1292</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>133</v>
+        <v>1244</v>
       </c>
       <c r="G421" s="3"/>
       <c r="H421" s="3"/>
       <c r="I421" s="3"/>
       <c r="J421" s="3"/>
       <c r="K421" s="3"/>
       <c r="L421" s="3"/>
       <c r="M421" s="3"/>
     </row>
     <row r="422" spans="1:13" customHeight="1" ht="35">
-      <c r="A422" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C422" s="4" t="s">
+      <c r="A422" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B422" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C422" s="2" t="s">
         <v>1293</v>
       </c>
-      <c r="D422" s="4" t="s">
+      <c r="D422" s="2" t="s">
         <v>1294</v>
       </c>
-      <c r="E422" s="4" t="s">
+      <c r="E422" s="2" t="s">
         <v>1295</v>
       </c>
-      <c r="F422" s="4"/>
-[...10 lines deleted...]
-      <c r="M422" s="4"/>
+      <c r="F422" s="2"/>
+      <c r="G422" s="2"/>
+      <c r="H422" s="2"/>
+      <c r="I422" s="2"/>
+      <c r="J422" s="2"/>
+      <c r="K422" s="2"/>
+      <c r="L422" s="2"/>
+      <c r="M422" s="2"/>
     </row>
     <row r="423" spans="1:13" customHeight="1" ht="35">
       <c r="A423" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C423" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="D423" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>1298</v>
       </c>
-      <c r="F423" s="3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F423" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G423" s="3"/>
       <c r="H423" s="3"/>
       <c r="I423" s="3"/>
       <c r="J423" s="3"/>
       <c r="K423" s="3"/>
       <c r="L423" s="3"/>
       <c r="M423" s="3"/>
     </row>
     <row r="424" spans="1:13" customHeight="1" ht="35">
-      <c r="A424" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C424" s="2" t="s">
+      <c r="A424" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B424" s="4"/>
+      <c r="C424" s="4" t="s">
         <v>1299</v>
       </c>
-      <c r="D424" s="2" t="s">
+      <c r="D424" s="4" t="s">
         <v>1300</v>
       </c>
-      <c r="E424" s="2" t="s">
+      <c r="E424" s="4" t="s">
         <v>1301</v>
       </c>
-      <c r="F424" s="2" t="s">
-[...10 lines deleted...]
-      <c r="M424" s="2"/>
+      <c r="F424" s="4"/>
+      <c r="G424" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H424" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I424" s="4"/>
+      <c r="J424" s="4"/>
+      <c r="K424" s="4"/>
+      <c r="L424" s="4"/>
+      <c r="M424" s="4"/>
     </row>
     <row r="425" spans="1:13" customHeight="1" ht="35">
       <c r="A425" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C425" s="3" t="s">
-        <v>904</v>
+        <v>1302</v>
       </c>
       <c r="D425" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>1304</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F425" s="3"/>
       <c r="G425" s="3" t="s">
-        <v>142</v>
+        <v>1244</v>
       </c>
       <c r="H425" s="3"/>
       <c r="I425" s="3"/>
       <c r="J425" s="3"/>
       <c r="K425" s="3"/>
       <c r="L425" s="3"/>
       <c r="M425" s="3"/>
     </row>
     <row r="426" spans="1:13" customHeight="1" ht="35">
       <c r="A426" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C426" s="2" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D426" s="2" t="s">
         <v>1306</v>
       </c>
-      <c r="D426" s="2" t="s">
+      <c r="E426" s="2" t="s">
         <v>1307</v>
       </c>
-      <c r="E426" s="2" t="s">
+      <c r="F426" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="G426" s="2" t="s">
         <v>1308</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="H426" s="2"/>
       <c r="I426" s="2"/>
       <c r="J426" s="2"/>
       <c r="K426" s="2"/>
       <c r="L426" s="2"/>
       <c r="M426" s="2"/>
     </row>
     <row r="427" spans="1:13" customHeight="1" ht="35">
       <c r="A427" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C427" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="D427" s="3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1310</v>
       </c>
-      <c r="D427" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F427" s="3" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="G427" s="3" t="s">
         <v>142</v>
       </c>
       <c r="H427" s="3"/>
       <c r="I427" s="3"/>
       <c r="J427" s="3"/>
       <c r="K427" s="3"/>
       <c r="L427" s="3"/>
       <c r="M427" s="3"/>
     </row>
     <row r="428" spans="1:13" customHeight="1" ht="35">
       <c r="A428" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>903</v>
+        <v>1313</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1186</v>
-[...1 lines deleted...]
-      <c r="F428" s="2"/>
+        <v>1314</v>
+      </c>
+      <c r="F428" s="2" t="s">
+        <v>1315</v>
+      </c>
       <c r="G428" s="2" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="H428" s="2"/>
       <c r="I428" s="2"/>
       <c r="J428" s="2"/>
       <c r="K428" s="2"/>
       <c r="L428" s="2"/>
       <c r="M428" s="2"/>
     </row>
     <row r="429" spans="1:13" customHeight="1" ht="35">
       <c r="A429" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C429" s="3" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="D429" s="3" t="s">
-        <v>903</v>
+        <v>1313</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>1128</v>
+        <v>1315</v>
       </c>
       <c r="G429" s="3" t="s">
         <v>142</v>
       </c>
       <c r="H429" s="3"/>
       <c r="I429" s="3"/>
       <c r="J429" s="3"/>
       <c r="K429" s="3"/>
       <c r="L429" s="3"/>
       <c r="M429" s="3"/>
     </row>
     <row r="430" spans="1:13" customHeight="1" ht="35">
       <c r="A430" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>903</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1315</v>
+        <v>1192</v>
       </c>
       <c r="F430" s="2"/>
       <c r="G430" s="2" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="H430" s="2"/>
       <c r="I430" s="2"/>
       <c r="J430" s="2"/>
       <c r="K430" s="2"/>
       <c r="L430" s="2"/>
       <c r="M430" s="2"/>
     </row>
     <row r="431" spans="1:13" customHeight="1" ht="35">
       <c r="A431" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C431" s="3" t="s">
-        <v>1300</v>
+        <v>1318</v>
       </c>
       <c r="D431" s="3" t="s">
-        <v>1316</v>
+        <v>903</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>1318</v>
-[...1 lines deleted...]
-      <c r="G431" s="3"/>
+        <v>1134</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>142</v>
+      </c>
       <c r="H431" s="3"/>
       <c r="I431" s="3"/>
       <c r="J431" s="3"/>
       <c r="K431" s="3"/>
       <c r="L431" s="3"/>
       <c r="M431" s="3"/>
     </row>
     <row r="432" spans="1:13" customHeight="1" ht="35">
       <c r="A432" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>1320</v>
+        <v>903</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>1321</v>
       </c>
-      <c r="F432" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G432" s="2"/>
+      <c r="F432" s="2"/>
+      <c r="G432" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="H432" s="2"/>
       <c r="I432" s="2"/>
       <c r="J432" s="2"/>
       <c r="K432" s="2"/>
       <c r="L432" s="2"/>
       <c r="M432" s="2"/>
     </row>
     <row r="433" spans="1:13" customHeight="1" ht="35">
       <c r="A433" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C433" s="3" t="s">
-        <v>1237</v>
+        <v>1306</v>
       </c>
       <c r="D433" s="3" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1322</v>
-[...4 lines deleted...]
-      </c>
+        <v>1323</v>
+      </c>
+      <c r="F433" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G433" s="3"/>
       <c r="H433" s="3"/>
       <c r="I433" s="3"/>
       <c r="J433" s="3"/>
       <c r="K433" s="3"/>
       <c r="L433" s="3"/>
       <c r="M433" s="3"/>
     </row>
     <row r="434" spans="1:13" customHeight="1" ht="35">
       <c r="A434" s="2" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>373</v>
+        <v>1325</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1324</v>
-[...4 lines deleted...]
-      </c>
+        <v>1327</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G434" s="2"/>
       <c r="H434" s="2"/>
       <c r="I434" s="2"/>
       <c r="J434" s="2"/>
       <c r="K434" s="2"/>
       <c r="L434" s="2"/>
       <c r="M434" s="2"/>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="35">
+      <c r="A435" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B435" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C435" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D435" s="3" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F435" s="3"/>
+      <c r="G435" s="3" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H435" s="3"/>
+      <c r="I435" s="3"/>
+      <c r="J435" s="3"/>
+      <c r="K435" s="3"/>
+      <c r="L435" s="3"/>
+      <c r="M435" s="3"/>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="35">
+      <c r="A436" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C436" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E436" s="2" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F436" s="2"/>
+      <c r="G436" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H436" s="2"/>
+      <c r="I436" s="2"/>
+      <c r="J436" s="2"/>
+      <c r="K436" s="2"/>
+      <c r="L436" s="2"/>
+      <c r="M436" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:J1"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1" tooltip="Open Pedigree"/>
     <hyperlink ref="D2" r:id="rId_hyperlink_2" tooltip="Open Pedigree"/>
     <hyperlink ref="E2" r:id="rId_hyperlink_3" tooltip="Open Pedigree"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_4" tooltip="Open Pedigree"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_5" tooltip="Open Pedigree"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_6" tooltip="Open Pedigree"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_7" tooltip="Open Pedigree"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_8" tooltip="Open Pedigree"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_9" tooltip="Open Pedigree"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_10" tooltip="Open Pedigree"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_11" tooltip="Open Pedigree"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_12" tooltip="Open Pedigree"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_13" tooltip="Open Pedigree"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_14" tooltip="Open Pedigree"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_15" tooltip="Open Pedigree"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_16" tooltip="Open Pedigree"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_17" tooltip="Open Pedigree"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_18" tooltip="Open Pedigree"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_19" tooltip="Open Pedigree"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_20" tooltip="Open Pedigree"/>
@@ -17454,50 +17518,56 @@
     <hyperlink ref="E426" r:id="rId_hyperlink_1275" tooltip="Open Pedigree"/>
     <hyperlink ref="C427" r:id="rId_hyperlink_1276" tooltip="Open Pedigree"/>
     <hyperlink ref="D427" r:id="rId_hyperlink_1277" tooltip="Open Pedigree"/>
     <hyperlink ref="E427" r:id="rId_hyperlink_1278" tooltip="Open Pedigree"/>
     <hyperlink ref="C428" r:id="rId_hyperlink_1279" tooltip="Open Pedigree"/>
     <hyperlink ref="D428" r:id="rId_hyperlink_1280" tooltip="Open Pedigree"/>
     <hyperlink ref="E428" r:id="rId_hyperlink_1281" tooltip="Open Pedigree"/>
     <hyperlink ref="C429" r:id="rId_hyperlink_1282" tooltip="Open Pedigree"/>
     <hyperlink ref="D429" r:id="rId_hyperlink_1283" tooltip="Open Pedigree"/>
     <hyperlink ref="E429" r:id="rId_hyperlink_1284" tooltip="Open Pedigree"/>
     <hyperlink ref="C430" r:id="rId_hyperlink_1285" tooltip="Open Pedigree"/>
     <hyperlink ref="D430" r:id="rId_hyperlink_1286" tooltip="Open Pedigree"/>
     <hyperlink ref="E430" r:id="rId_hyperlink_1287" tooltip="Open Pedigree"/>
     <hyperlink ref="C431" r:id="rId_hyperlink_1288" tooltip="Open Pedigree"/>
     <hyperlink ref="D431" r:id="rId_hyperlink_1289" tooltip="Open Pedigree"/>
     <hyperlink ref="E431" r:id="rId_hyperlink_1290" tooltip="Open Pedigree"/>
     <hyperlink ref="C432" r:id="rId_hyperlink_1291" tooltip="Open Pedigree"/>
     <hyperlink ref="D432" r:id="rId_hyperlink_1292" tooltip="Open Pedigree"/>
     <hyperlink ref="E432" r:id="rId_hyperlink_1293" tooltip="Open Pedigree"/>
     <hyperlink ref="C433" r:id="rId_hyperlink_1294" tooltip="Open Pedigree"/>
     <hyperlink ref="D433" r:id="rId_hyperlink_1295" tooltip="Open Pedigree"/>
     <hyperlink ref="E433" r:id="rId_hyperlink_1296" tooltip="Open Pedigree"/>
     <hyperlink ref="C434" r:id="rId_hyperlink_1297" tooltip="Open Pedigree"/>
     <hyperlink ref="D434" r:id="rId_hyperlink_1298" tooltip="Open Pedigree"/>
     <hyperlink ref="E434" r:id="rId_hyperlink_1299" tooltip="Open Pedigree"/>
+    <hyperlink ref="C435" r:id="rId_hyperlink_1300" tooltip="Open Pedigree"/>
+    <hyperlink ref="D435" r:id="rId_hyperlink_1301" tooltip="Open Pedigree"/>
+    <hyperlink ref="E435" r:id="rId_hyperlink_1302" tooltip="Open Pedigree"/>
+    <hyperlink ref="C436" r:id="rId_hyperlink_1303" tooltip="Open Pedigree"/>
+    <hyperlink ref="D436" r:id="rId_hyperlink_1304" tooltip="Open Pedigree"/>
+    <hyperlink ref="E436" r:id="rId_hyperlink_1305" tooltip="Open Pedigree"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>