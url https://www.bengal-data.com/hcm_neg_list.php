--- v0 (2026-01-05)
+++ v1 (2026-02-19)
@@ -17,2597 +17,2531 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BD_HCM_NEG" sheetId="1" r:id="rId4"/>
     <sheet name="BD_HCM_NEG &gt; 8 Years" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'BD_HCM_NEG'!$A$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'BD_HCM_NEG &gt; 8 Years'!$A$1:$I$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="849">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="827">
   <si>
     <t>Diagnosis</t>
   </si>
   <si>
     <t>Screen Date</t>
   </si>
   <si>
     <t>Reported Cat</t>
   </si>
   <si>
     <t>Sire</t>
   </si>
   <si>
     <t>Dam</t>
   </si>
   <si>
     <t>DOB</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Screen Age</t>
   </si>
   <si>
     <t>Ago</t>
   </si>
   <si>
     <t>HCM NORMAL</t>
   </si>
   <si>
     <t>DIPAVALIBENGAL MUTINE</t>
   </si>
   <si>
     <t>BATIFOLEURS BAKARI</t>
   </si>
   <si>
     <t>DIPAVALIBENGAL HECATE</t>
   </si>
   <si>
     <t>2016-03-29</t>
   </si>
   <si>
-    <t xml:space="preserve">9 years 9 months </t>
+    <t xml:space="preserve">9 years 10 months </t>
   </si>
   <si>
     <t xml:space="preserve">46 years 2 months </t>
   </si>
   <si>
-    <t xml:space="preserve">56 years 0 month </t>
+    <t xml:space="preserve">56 years 1 month </t>
   </si>
   <si>
     <t>NOIX ACAJOU DES GRIFFES DE FEU</t>
   </si>
   <si>
     <t>KAMISHA HOODOO SKY</t>
   </si>
   <si>
     <t>I LIVE AMONG STARS DES GRIFFES DE FEU</t>
   </si>
   <si>
     <t>2017-03-23</t>
   </si>
   <si>
+    <t xml:space="preserve">8 years 10 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">47 years 2 months </t>
+  </si>
+  <si>
+    <t>OUT N ABOUT MIZZY ELLIOT</t>
+  </si>
+  <si>
+    <t>OUT N ABOUT JAXS</t>
+  </si>
+  <si>
+    <t>OUT N ABOUT IZA</t>
+  </si>
+  <si>
+    <t>2019-06-29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 years 7 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">49 years 5 months </t>
+  </si>
+  <si>
+    <t>ARTIZTO CATZ ASTON MARTIN VULCAN</t>
+  </si>
+  <si>
+    <t>SUPERNOVA OUTLANDER</t>
+  </si>
+  <si>
+    <t>ARTIZTO CATZ BEAUTIFUL SHIRA</t>
+  </si>
+  <si>
+    <t>2019-07-07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49 years 6 months </t>
+  </si>
+  <si>
+    <t>SARENGA DJERBA</t>
+  </si>
+  <si>
+    <t>SPICE GINGER OF ADELHILLS</t>
+  </si>
+  <si>
+    <t>SPICE TRINIDAD OF SARENGA</t>
+  </si>
+  <si>
+    <t>2020-05-31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 8 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 years 4 months </t>
+  </si>
+  <si>
+    <t>SPICE MACE OF SARENGA</t>
+  </si>
+  <si>
+    <t>LIKE A STARLETT DES GRIFFES DE FEU</t>
+  </si>
+  <si>
+    <t>2020-06-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 years 5 months </t>
+  </si>
+  <si>
+    <t>SPICE JEERA CUMIN OF SARENGA</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>ARTISAN IVORY LOTUS</t>
+  </si>
+  <si>
+    <t>OUT N ABOUT UFFE</t>
+  </si>
+  <si>
+    <t>VOM KARWENDELBERG IVORY SKY</t>
+  </si>
+  <si>
+    <t>2023-07-27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 0 month </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 5 months </t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>SARENGA BLUE MOON</t>
+  </si>
+  <si>
+    <t>SPICE EVASION</t>
+  </si>
+  <si>
+    <t>SARENGA JAMINI</t>
+  </si>
+  <si>
+    <t>2021-07-11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 7 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 4 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 3 months </t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>PANOMATI MIKA</t>
+  </si>
+  <si>
+    <t>YOUREXCELLENCY PRINCE CHARMING</t>
+  </si>
+  <si>
+    <t>PANOMATI AURORA</t>
+  </si>
+  <si>
+    <t>2021-05-27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 8 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 2 months </t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>FLASHBENGALS JAMES BOND OF SARENGA</t>
+  </si>
+  <si>
+    <t>MIMOSA BROKEN OF SILVERTRACE</t>
+  </si>
+  <si>
+    <t>FLASHBENGALS MOLLY</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 7 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 7 months </t>
+  </si>
+  <si>
+    <t>GORALGURU OH LALAA</t>
+  </si>
+  <si>
+    <t>RAINFOREST PICTURE JASPER</t>
+  </si>
+  <si>
+    <t>GURU LUNA NERA OF GORALGURU</t>
+  </si>
+  <si>
+    <t>2020-05-26</t>
+  </si>
+  <si>
+    <t>SARENGA FAITH OF AL JANNAS</t>
+  </si>
+  <si>
+    <t>AMAZONGOLD KETSUO OF SARENGA</t>
+  </si>
+  <si>
+    <t>SARENGA HOPE</t>
+  </si>
+  <si>
+    <t>2023-04-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 10 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 10 months </t>
+  </si>
+  <si>
+    <t>2025-02-13</t>
+  </si>
+  <si>
+    <t>BAILEY VOM WEESNER SEE</t>
+  </si>
+  <si>
+    <t>HEAVEN LY ROSETTES ATLANTIS</t>
+  </si>
+  <si>
+    <t>MANGO AMARI</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 0 month </t>
+  </si>
+  <si>
+    <t>SARENGA LUMI</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 months </t>
+  </si>
+  <si>
+    <t>2025-02-24</t>
+  </si>
+  <si>
+    <t>LYNXLAND OOYU OF GEMOFICE</t>
+  </si>
+  <si>
+    <t>LYNXLAND TAIMA</t>
+  </si>
+  <si>
+    <t>DAKAPO GRAFFITI</t>
+  </si>
+  <si>
+    <t>2022-03-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 10 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 11 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 months </t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>BENGALOFPASSION PEARL</t>
+  </si>
+  <si>
+    <t>FRASERVALLEY DENALIS THUNDER</t>
+  </si>
+  <si>
+    <t>HEAVEN LY ROSETTES AMY</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>SPICED CHILLI COUNTESS SOMERSET</t>
+  </si>
+  <si>
+    <t>BAYBENGALZ RUM TUM TUGGER</t>
+  </si>
+  <si>
+    <t>FUNSIZELEOPARD SWEET SUNSHINE SKYE</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 9 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 months </t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>SARENGA TAICOON</t>
+  </si>
+  <si>
+    <t>SARENGA NAVABI OF SPICE</t>
+  </si>
+  <si>
+    <t>2023-03-01</t>
+  </si>
+  <si>
+    <t>SARENGA BILLIE JEAN</t>
+  </si>
+  <si>
+    <t>SOLANARANCH RUBY OF SARENGA</t>
+  </si>
+  <si>
+    <t>2024-03-23</t>
+  </si>
+  <si>
+    <t>BEAUXMONDES HOME OF THE BRAVE</t>
+  </si>
+  <si>
+    <t>SOLANARANCH DOUBLE DOWN</t>
+  </si>
+  <si>
+    <t>2022-03-15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 11 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 0 month </t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>LIBERTYBENGALS ANU OF SLIGTHLYWILDE</t>
+  </si>
+  <si>
+    <t>LIBERTYBENGALS CHI OF KANGCHENJUNGA</t>
+  </si>
+  <si>
+    <t>KANGCHENJUNGA ASIAN COVERGIRL</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 8 months </t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>ASILARA'S MEDLOCK</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY MR. SIMBA</t>
+  </si>
+  <si>
+    <t>AL JANNAS CLEOPATRA</t>
+  </si>
+  <si>
+    <t>2021-08-07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 9 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 months </t>
+  </si>
+  <si>
+    <t>2025-05-18</t>
+  </si>
+  <si>
+    <t>PARADISEAPPLE COSMO</t>
+  </si>
+  <si>
+    <t>PARADISEAPPLE MUSTAFA</t>
+  </si>
+  <si>
+    <t>PARADISEAPPLE SELESTA</t>
+  </si>
+  <si>
+    <t>SUNDIATA JINGO</t>
+  </si>
+  <si>
+    <t>BENGALIVO SCANDAL</t>
+  </si>
+  <si>
+    <t>SUNDIATA SELVA NEGRA</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>BENGAL’S THRONE VALAR OF SARENGA</t>
+  </si>
+  <si>
+    <t>THE ELVEN KING OF BENGAL‘S THRONE</t>
+  </si>
+  <si>
+    <t>THE QUEEN LEGACY OF BENGAL’S THRONE</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 months </t>
+  </si>
+  <si>
+    <t>FLASHBENGALS CIRI OF SARENGA</t>
+  </si>
+  <si>
+    <t>2025-06-08</t>
+  </si>
+  <si>
+    <t>ADA LOVELACE MONIDWOREK</t>
+  </si>
+  <si>
+    <t>MARUSIACLUB LORD</t>
+  </si>
+  <si>
+    <t>EXLIBRIS BARS XANTE</t>
+  </si>
+  <si>
+    <t>2023-02-16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 3 months </t>
+  </si>
+  <si>
+    <t>BENGALISSIMO LOVE ME</t>
+  </si>
+  <si>
+    <t>CHAMPAGNE ON ICE VOM WEINBERG</t>
+  </si>
+  <si>
+    <t>MOONLIGHT OF ASHQUINDI</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>BENGALUXE MASTER BLASTER</t>
+  </si>
+  <si>
+    <t>BENGALUXE NAMASTE</t>
+  </si>
+  <si>
+    <t>BENGALUXE BASTET</t>
+  </si>
+  <si>
+    <t>2023-09-08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 5 months </t>
+  </si>
+  <si>
+    <t>FUREVERBUDDYS PICK ME</t>
+  </si>
+  <si>
+    <t>DOKOCATS POLARIS OF FUREVERBUDDYS</t>
+  </si>
+  <si>
+    <t>FUREVERBUDDYS I SEE A RAINBOW</t>
+  </si>
+  <si>
+    <t>2024-02-16</t>
+  </si>
+  <si>
+    <t>PANOMATI GOLDJUNGE</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>PANOMATI SKADI</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 6 months </t>
+  </si>
+  <si>
+    <t>PANOMATI KEEP ME</t>
+  </si>
+  <si>
+    <t>MANGO MORIO MONTARO OF LEOMINIPARD</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 1 month </t>
+  </si>
+  <si>
+    <t>PANOMATI FRäULEIN SMILLA</t>
+  </si>
+  <si>
+    <t>LEOLIFE MISTER SPOCK</t>
+  </si>
+  <si>
+    <t>SCHABERNACK RINELDA</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>VOM KRISTALLBERG PERCY</t>
+  </si>
+  <si>
+    <t>RW SGC SILVERTRACE JACKPOT</t>
+  </si>
+  <si>
+    <t>VOM KRISTALLBERG NARNIA</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 7 months </t>
+  </si>
+  <si>
+    <t>2025-07-22</t>
+  </si>
+  <si>
+    <t>AL JANNAS COSMIC GIRL OF BERLINGOLD</t>
+  </si>
+  <si>
+    <t>LEOPARDCATS SWEET SURPRISE</t>
+  </si>
+  <si>
+    <t>2021-02-23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 11 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 4 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 months </t>
+  </si>
+  <si>
+    <t>BERLINGOLD FORTKNOX</t>
+  </si>
+  <si>
+    <t>BERLINGOLD JAMES</t>
+  </si>
+  <si>
+    <t>ESPEN EMMA</t>
+  </si>
+  <si>
+    <t>2023-05-14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 9 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 2 months </t>
+  </si>
+  <si>
+    <t>BERLINGOLD DOMINIQUE</t>
+  </si>
+  <si>
+    <t>ILENDRI SINUS</t>
+  </si>
+  <si>
+    <t>BERLINGOLD AURICA</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>BESTBENGALSMX CHEWBACCA</t>
+  </si>
+  <si>
+    <t>LEOPARDSTRAIL BONGO</t>
+  </si>
+  <si>
+    <t>KIKA OF SHANKARA</t>
+  </si>
+  <si>
+    <t>2023-07-14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 1 month </t>
+  </si>
+  <si>
+    <t>GOLDEN WILD CATS KAWAI</t>
+  </si>
+  <si>
+    <t>BENGALBEST ZORRO</t>
+  </si>
+  <si>
+    <t>REBELLE MAJHEN OF GOLDEN WILD CATS</t>
+  </si>
+  <si>
+    <t>NIKITA D‘ARQUES</t>
+  </si>
+  <si>
+    <t>THE ONLY ONE DES GRIFFES DE FEU</t>
+  </si>
+  <si>
+    <t>EMI OF JAZZPEL</t>
+  </si>
+  <si>
+    <t>2023-12-09</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>KAWALIK UNI</t>
+  </si>
+  <si>
+    <t>ILENDRI KASUMI OF KAWALIK</t>
+  </si>
+  <si>
+    <t>KAWALIK MISSANDEÏ</t>
+  </si>
+  <si>
+    <t>2023-09-13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 11 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 months </t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY BALOU</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY SULTAN</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY ATENA</t>
+  </si>
+  <si>
+    <t>2023-01-21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 8 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 months </t>
+  </si>
+  <si>
+    <t>VOM KRISTALLBERG TIC TAC</t>
+  </si>
+  <si>
+    <t>VOM KRISTALLBERG QASKIYA</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>BENGALISSIMO WINTER</t>
+  </si>
+  <si>
+    <t>KALLIOPE OF ASHQUINDI</t>
+  </si>
+  <si>
+    <t>2021-06-24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 3 months </t>
+  </si>
+  <si>
+    <t>2025-10-19</t>
+  </si>
+  <si>
+    <t>BELLTAYNE PHOENIX FAWKES</t>
+  </si>
+  <si>
+    <t>ARROWFIELD POETRY NMOTION</t>
+  </si>
+  <si>
+    <t>BELLTAYNE STARGLITTER</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>WONDERLANDBNGLZ FEELS LIKE HOME</t>
+  </si>
+  <si>
+    <t>LYNXLAND XHIVA OF WONDERLANDBNGLZ</t>
+  </si>
+  <si>
+    <t>2020-05-08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 9 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 5 months </t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>MINILEO CLEO ABY OF BENGALPASSION</t>
+  </si>
+  <si>
+    <t>MINILEO ELVIS OF MAOW</t>
+  </si>
+  <si>
+    <t>MINILEO LADY/FI</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 months </t>
+  </si>
+  <si>
+    <t>SARENGA LIA OF BENGALPASSION</t>
+  </si>
+  <si>
+    <t>2023-12-03</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>BERLINGOLD ELEKTRA</t>
+  </si>
+  <si>
+    <t>BATIFOLEURS NEO OF BERLINGOLD</t>
+  </si>
+  <si>
+    <t>2022-03-22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0 month </t>
+  </si>
+  <si>
+    <t>BERLINGOLD MONTBLANC</t>
+  </si>
+  <si>
+    <t>2024-01-12</t>
+  </si>
+  <si>
+    <t>VOM KRISTALLBERG MOONLIGHT</t>
+  </si>
+  <si>
+    <t>SILVERTRACE JACKPOT</t>
+  </si>
+  <si>
+    <t>VOM KRISTALLBERG NURI</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>BENGALESISNIKA HEART BREAKER</t>
+  </si>
+  <si>
+    <t>BENGALESISINIKA BOLTHORN SKY</t>
+  </si>
+  <si>
+    <t>BOYDSBENGALS DARK PEARL</t>
+  </si>
+  <si>
+    <t>2019-04-28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 years 9 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 3 months </t>
+  </si>
+  <si>
+    <t>DOKOCATS JIGSAW OF BENGALESISNIKA</t>
+  </si>
+  <si>
+    <t>BENGALUXE JULIUS</t>
+  </si>
+  <si>
+    <t>BENGALUXE ONYX OF DOKOCATS</t>
+  </si>
+  <si>
+    <t>2022-01-12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 1 month </t>
+  </si>
+  <si>
+    <t>2024-08-13</t>
+  </si>
+  <si>
+    <t>KAWALIK TROPIC</t>
+  </si>
+  <si>
+    <t>SPICE ESSENCE</t>
+  </si>
+  <si>
+    <t>PEARLYQUEEN SATINE</t>
+  </si>
+  <si>
+    <t>2022-08-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 5 months </t>
+  </si>
+  <si>
+    <t>DREAMWAY MAYA</t>
+  </si>
+  <si>
+    <t>SIROCCO THOR OF DREAMWAY</t>
+  </si>
+  <si>
+    <t>SIROCCO BELLE OF DREAMWAY</t>
+  </si>
+  <si>
+    <t>2023-08-27</t>
+  </si>
+  <si>
+    <t>GORALGURU XOTIC MASTERPIECE</t>
+  </si>
+  <si>
+    <t>BOWSPOTS UNO</t>
+  </si>
+  <si>
+    <t>GORALGURU O MEGA</t>
+  </si>
+  <si>
+    <t>2024-09-03</t>
+  </si>
+  <si>
+    <t>IDA OF SNOW ADDICTION</t>
+  </si>
+  <si>
+    <t>COSIMO AMADEUS OF BLIESSHAGEN</t>
+  </si>
+  <si>
+    <t>MIRAMACUNDA JEEN</t>
+  </si>
+  <si>
+    <t>2023-04-11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 year 4 months </t>
+  </si>
+  <si>
+    <t>2024-09-21</t>
+  </si>
+  <si>
+    <t>ADORABENGALS JANE ANJALI</t>
+  </si>
+  <si>
+    <t>KANPUR BLAZING INFERNO</t>
+  </si>
+  <si>
+    <t>2017-09-01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 5 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 years 0 month </t>
+  </si>
+  <si>
+    <t>ADORABENGALS TARZAN PICASSO</t>
+  </si>
+  <si>
+    <t>PAINTEDCATS PICASSO OF ADORABENGALS</t>
+  </si>
+  <si>
+    <t>2017-08-16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 years 1 month </t>
+  </si>
+  <si>
+    <t>BASTETEXOTICS VULCAN</t>
+  </si>
+  <si>
+    <t>VIVIDCATS HEARTBREAKER</t>
+  </si>
+  <si>
+    <t>BASTETEXOTICS DOJA CAT</t>
+  </si>
+  <si>
+    <t>2021-09-24</t>
+  </si>
+  <si>
+    <t>KATZMEOW EASY RIDER</t>
+  </si>
+  <si>
+    <t>KATZMEOW SHARP DRESSED MAN</t>
+  </si>
+  <si>
+    <t>GLITTER DUST VALENTINA</t>
+  </si>
+  <si>
+    <t>2021-09-30</t>
+  </si>
+  <si>
+    <t>LOTSOFSPOTS RAYNE DANCER</t>
+  </si>
+  <si>
+    <t>BISHOPSBENGALS SABASTIAN</t>
+  </si>
+  <si>
+    <t>DREAMON ARGENTAALEXA OF LOTSOFSPOTS</t>
+  </si>
+  <si>
+    <t>2020-11-10</t>
+  </si>
+  <si>
+    <t>THEREGALBENGAL OPAL OF WOODSBENGALS</t>
+  </si>
+  <si>
+    <t>ARISTOCATBENGAL KING HERSHEY</t>
+  </si>
+  <si>
+    <t>ARISTOCATBENGAL HOPE</t>
+  </si>
+  <si>
+    <t>2020-07-31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 6 months </t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY ABSOLUTELY WILD</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY ATTA</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY ACAPELLA</t>
+  </si>
+  <si>
+    <t>2020-06-09</t>
+  </si>
+  <si>
+    <t>2024-10-12</t>
+  </si>
+  <si>
+    <t>DENTONS FRANKIE OF DREAMON</t>
+  </si>
+  <si>
+    <t>DREAMON NIRVANA</t>
+  </si>
+  <si>
+    <t>OPMBENGALS FUGAZI OF LOTSOFSPOTS</t>
+  </si>
+  <si>
+    <t>FLAMING ICE VISERION</t>
+  </si>
+  <si>
+    <t>BINGOLAIN ISINDY</t>
+  </si>
+  <si>
+    <t>2021-06-29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 3 months </t>
+  </si>
+  <si>
+    <t>VERIFICATION GERHARD OF LOTSOFSPOTS</t>
+  </si>
+  <si>
+    <t>BENNVOYAGEE RAGNAR</t>
+  </si>
+  <si>
+    <t>BENNVOYAGEE ULULANI</t>
+  </si>
+  <si>
+    <t>2018-12-18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 years 2 months </t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>DOTTYCAT GAMBLING MAN</t>
+  </si>
+  <si>
+    <t>KATZIZI SOLOMAN OF DOTTYCAT</t>
+  </si>
+  <si>
+    <t>DOTTYCAT DAISY</t>
+  </si>
+  <si>
+    <t>2020-07-19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 7 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 2 months </t>
+  </si>
+  <si>
+    <t>WILDANDBEAUTY DINO OF DOTTYCAT</t>
+  </si>
+  <si>
+    <t>SPICE ZAATAR OF KATZIZI</t>
+  </si>
+  <si>
+    <t>PEARLYQUEEN LEA OF WILDANDBEAUTY</t>
+  </si>
+  <si>
+    <t>2023-11-11</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>AURORALIGHTS PRINTS HAIRY</t>
+  </si>
+  <si>
+    <t>AURORALIGHTS KUHL</t>
+  </si>
+  <si>
+    <t>AURORALIGHTS ANASTASIA</t>
+  </si>
+  <si>
+    <t>2022-03-07</t>
+  </si>
+  <si>
+    <t>SAKURA JASMYN OF WOODSBENGALS</t>
+  </si>
+  <si>
+    <t>RED SEA CAPTAIN OF SAKURA</t>
+  </si>
+  <si>
+    <t>SAKURA NORTHERN LIGHTS</t>
+  </si>
+  <si>
+    <t>2022-09-10</t>
+  </si>
+  <si>
+    <t>WOODSBENGALS KATY PURRY</t>
+  </si>
+  <si>
+    <t>MIGHTY THOR OF WOODSBENGALS</t>
+  </si>
+  <si>
+    <t>2022-07-13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 years 4 months </t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>HEAVENSBLESSING PI OF EYEOFTHETIGER</t>
+  </si>
+  <si>
+    <t>COLORMYSPOTS COUVIOUN</t>
+  </si>
+  <si>
+    <t>LEGENDARYKATZ DIANTHUS</t>
+  </si>
+  <si>
+    <t>2022-12-29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 1 month </t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>KAWALIK TATOO</t>
+  </si>
+  <si>
+    <t>MARACAJA DAMBALA</t>
+  </si>
+  <si>
+    <t>KAWALIK SYMPHONIE</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>KAWALIK UGATA</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>PARDUS DEI XALLULAH</t>
+  </si>
+  <si>
+    <t>WILDSTAR BENGAL BARNEY STINSON</t>
+  </si>
+  <si>
+    <t>PARDUS DEI TALLULAH</t>
+  </si>
+  <si>
+    <t>2024-02-14</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>APRIL OF PRINCESS MASCHA</t>
+  </si>
+  <si>
+    <t>LOKI OF GENSBERG</t>
+  </si>
+  <si>
+    <t>MASCHA OF LORD MAJA</t>
+  </si>
+  <si>
+    <t>2021-04-01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 10 months </t>
+  </si>
+  <si>
+    <t>FREDDY OF DIAMOND BLOOM</t>
+  </si>
+  <si>
+    <t>2022-10-22</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>GORALGURU XTREME PURRFECTION</t>
+  </si>
+  <si>
+    <t>RAINFOREST RAMITAN SANJI</t>
+  </si>
+  <si>
+    <t>RAINFOREST EDGE EFFECT</t>
+  </si>
+  <si>
+    <t>2018-08-09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 years 6 months </t>
+  </si>
+  <si>
+    <t>2025-02-17</t>
+  </si>
+  <si>
+    <t>FIRESPIRIT SPARKLING HEARTHLIGHT</t>
+  </si>
+  <si>
+    <t>KATZIZI OPEN SESAME</t>
+  </si>
+  <si>
+    <t>GORALGURU ALOETTE</t>
+  </si>
+  <si>
+    <t>2023-12-02</t>
+  </si>
+  <si>
+    <t>JUSTWILD LOKI OF GORALGURU</t>
+  </si>
+  <si>
+    <t>GORALGURU QUI VICTORIA</t>
+  </si>
+  <si>
+    <t>JASIRI RELEASE THE DJINN OF KATZIZI</t>
+  </si>
+  <si>
+    <t>KATZIZI DEJA VUEZ</t>
+  </si>
+  <si>
+    <t>URSULA OPAL DES GRIFFES DE FEU</t>
+  </si>
+  <si>
+    <t>TIMOTHEE DES GRIFFES DE FEU</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY KUNDALINI</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>UTOPIA SAPHIR DES GRIFFES DE FEU</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>SOLANARANCH GHOST OF MINILEO</t>
+  </si>
+  <si>
+    <t>MINILEO PALE MAGNOLIA OF BOWSPOTS</t>
+  </si>
+  <si>
+    <t>2020-02-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 years 0 month </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 0 month </t>
+  </si>
+  <si>
+    <t>BRITANNIABENGAL RHAENYRA</t>
+  </si>
+  <si>
+    <t>SAPHIRS DE LUNE PENDRAGON</t>
+  </si>
+  <si>
+    <t>SILVERSTORM NALA OF BRITANNIABENGAL</t>
+  </si>
+  <si>
+    <t>2022-09-03</t>
+  </si>
+  <si>
+    <t>GEMOFICE ADELAIDE RUBY</t>
+  </si>
+  <si>
+    <t>JUSTWILD SKYLER OF GEMOFICE</t>
+  </si>
+  <si>
+    <t>2023-01-29</t>
+  </si>
+  <si>
+    <t>GEMOFICE CEYLON SAPPHIRE</t>
+  </si>
+  <si>
+    <t>SILVERSTORM ARCTIC RIVER QUARTZ</t>
+  </si>
+  <si>
+    <t>GURU DOLLAR BEN</t>
+  </si>
+  <si>
+    <t>JUSTWILD AUDREY</t>
+  </si>
+  <si>
+    <t>SILVERSTORM WHITE OUT</t>
+  </si>
+  <si>
+    <t>SILVERSTORM RIVER</t>
+  </si>
+  <si>
+    <t>2022-08-10</t>
+  </si>
+  <si>
+    <t>2025-03-06</t>
+  </si>
+  <si>
+    <t>KAWALIK VICTOIRE</t>
+  </si>
+  <si>
+    <t>MIAOHANA THRANDUIL OF SINFONIA</t>
+  </si>
+  <si>
+    <t>KAWALIK SONATE</t>
+  </si>
+  <si>
+    <t>2024-03-29</t>
+  </si>
+  <si>
+    <t>KAWALIK WIN WIN</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>GORALGURU ISNTSHELOVELY</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY BLANCHE OF GORALGURU</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>GORALGURU COUP DE COEUR</t>
+  </si>
+  <si>
+    <t>JUSTWILD BILLIE OF GORALGURU</t>
+  </si>
+  <si>
+    <t>2023-04-06</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>BLANCHENEIGE GOLD SCRIPT</t>
+  </si>
+  <si>
+    <t>BIG MARSHAL URIEL</t>
+  </si>
+  <si>
+    <t>BLANCHENEIGE SAFIRA</t>
+  </si>
+  <si>
+    <t>2024-03-30</t>
+  </si>
+  <si>
+    <t>DOKOCATS EXPLOSION</t>
+  </si>
+  <si>
+    <t>AMBERSANDS DARK OF DOKOCATS</t>
+  </si>
+  <si>
+    <t>MANGO KALAHARI OF DOKOCATS</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>BENGALESISNIKA NEFERTITI</t>
+  </si>
+  <si>
+    <t>BENGALUXE NEREIDA ECLIPSE</t>
+  </si>
+  <si>
+    <t>2024-03-10</t>
+  </si>
+  <si>
+    <t>SAPHIRS DE LUNE RISING STAR</t>
+  </si>
+  <si>
+    <t>SAPHIRS DE LUNE NOBODY</t>
+  </si>
+  <si>
+    <t>SAPHIRS DE LUNE JEET KUNE DO</t>
+  </si>
+  <si>
+    <t>2020-08-18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 9 months </t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>ELYSOR DARK AMBER</t>
+  </si>
+  <si>
+    <t>SILVERCROWN SAGAR OF ELYSOR</t>
+  </si>
+  <si>
+    <t>EKO OF ELYSOR</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>MAPLEBENGALS CLAIRE DE LUNE</t>
+  </si>
+  <si>
+    <t>JUNGLETRAX LINK OF MAPLEBENGALS</t>
+  </si>
+  <si>
+    <t>PANACHEBENGALS SOLAR SERAPHIN</t>
+  </si>
+  <si>
+    <t>2023-02-17</t>
+  </si>
+  <si>
+    <t>PARDUS DEI VIVA LA LUNA</t>
+  </si>
+  <si>
+    <t>PARDUS DEI UROBOROS</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>BASTETEXOTICS PUTTING ON THE RITZ</t>
+  </si>
+  <si>
+    <t>SPICE KONA</t>
+  </si>
+  <si>
+    <t>VIVIDCATS WINTER NIGTHS</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>BENGALISSIMO RIVA</t>
+  </si>
+  <si>
+    <t>BENGALISSIMO DOUTZEN</t>
+  </si>
+  <si>
+    <t>2021-04-05</t>
+  </si>
+  <si>
+    <t>VOM LEOPARDENKöNIG ACE</t>
+  </si>
+  <si>
+    <t>MALVINA OF BLIESSHAGEN</t>
+  </si>
+  <si>
+    <t>2020-07-08</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>PARDUS DEI WILD PEARL</t>
+  </si>
+  <si>
+    <t>PARDUS DEI URBAN PANTHERA</t>
+  </si>
+  <si>
+    <t>2024-05-26</t>
+  </si>
+  <si>
+    <t>PARDUS DEI VINTAGE DREAM</t>
+  </si>
+  <si>
+    <t>SILVERCROWN UP TO DESIRE</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>ROSEMOOR EDEN</t>
+  </si>
+  <si>
+    <t>SILVERCROWN RHAPSODY</t>
+  </si>
+  <si>
+    <t>2023-02-05</t>
+  </si>
+  <si>
+    <t>JUNGLETRAX SIMPLY ATTRACTION</t>
+  </si>
+  <si>
+    <t>JUSTWILD HARLEY QUINN</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>ILENDRI KATOOMBA</t>
+  </si>
+  <si>
+    <t>GURU KAMALA OF ILENDRI</t>
+  </si>
+  <si>
+    <t>2022-06-12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 years 8 months </t>
+  </si>
+  <si>
+    <t>KAWALIK UMTATA</t>
+  </si>
+  <si>
+    <t>KAWALIK ROMANCE</t>
+  </si>
+  <si>
+    <t>2023-07-21</t>
+  </si>
+  <si>
+    <t>KAWALIK WENGE</t>
+  </si>
+  <si>
+    <t>MIODOLLARBABY ANANTA OF KAWALIK</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>2025-07-26</t>
+  </si>
+  <si>
+    <t>MINILEO EVANGELINE OF PACHA</t>
+  </si>
+  <si>
+    <t>MINILEO STORM</t>
+  </si>
+  <si>
+    <t>MINILEO LILY</t>
+  </si>
+  <si>
+    <t>2021-01-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 1 month </t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>BENGALESISNIKA TSIREYA</t>
+  </si>
+  <si>
+    <t>BENGALESISINIKA NEMESIS</t>
+  </si>
+  <si>
+    <t>2024-02-18</t>
+  </si>
+  <si>
+    <t>BENGALESISNIKA DA VINCI</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>LADDHILLBENGALS BAZ OF LOTSOFSPOTS</t>
+  </si>
+  <si>
+    <t>ROSEMOOR GEO OF LADDHILLBENGALS</t>
+  </si>
+  <si>
+    <t>LADDHILLBENGALS THE EYES HAVE IT</t>
+  </si>
+  <si>
+    <t>2024-01-19</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>SARENGA NEYTIRI</t>
+  </si>
+  <si>
+    <t>2023-02-25</t>
+  </si>
+  <si>
+    <t>2025-08-21</t>
+  </si>
+  <si>
+    <t>LADY CHANEL OF RITTERSAAL</t>
+  </si>
+  <si>
+    <t>SUNDARBENGAL MERLIN</t>
+  </si>
+  <si>
+    <t>EVANGELINE VOM RITTERSAAL</t>
+  </si>
+  <si>
+    <t>2021-02-07</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>GORALGURU LOUIS VUITTON</t>
+  </si>
+  <si>
+    <t>BATIFOLEURS ARMANI</t>
+  </si>
+  <si>
+    <t>2024-08-03</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>SERENITYSTORM SIMPLY THE BEST</t>
+  </si>
+  <si>
+    <t>DOKOCATS ONE IN A MILLION</t>
+  </si>
+  <si>
+    <t>ALLIKATZUK AWESOME ANNIE</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>AKERRS VANNA RUSA</t>
+  </si>
+  <si>
+    <t>AKERRS IMA LOOKIN EVEN BETTER</t>
+  </si>
+  <si>
+    <t>BENGAMUR ALINA OF AKERRS</t>
+  </si>
+  <si>
+    <t>2017-03-28</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>LADDHILLBENGALS EYES WIDE SHUT</t>
+  </si>
+  <si>
+    <t>LADDHILLBENGALS MOSAIC EVOLUTION</t>
+  </si>
+  <si>
+    <t>2023-07-11</t>
+  </si>
+  <si>
+    <t>ROSEMOOR ETHERNAL SKY</t>
+  </si>
+  <si>
+    <t>GURU EINAR</t>
+  </si>
+  <si>
+    <t>GURU HANAMI OF ROSEMOORIT</t>
+  </si>
+  <si>
+    <t>2020-06-30</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>KORAK OF WOODSBENGALS</t>
+  </si>
+  <si>
+    <t>CLARKES WOODSTOCK</t>
+  </si>
+  <si>
+    <t>WOODSBENGALS JUNIPER B</t>
+  </si>
+  <si>
+    <t>2023-03-25</t>
+  </si>
+  <si>
+    <t>SIERRANV CHAMPAGNE SUPERNOVA</t>
+  </si>
+  <si>
+    <t>SIMPLYBLESSED GALLANT KNIGHT</t>
+  </si>
+  <si>
+    <t>ELYSIAN AZANA OF SIERRANVBENGALS</t>
+  </si>
+  <si>
+    <t>THERHINE TOFU OF WOODSBENGALS</t>
+  </si>
+  <si>
+    <t>DREAMON SILVER RISING</t>
+  </si>
+  <si>
+    <t>ELYSIAN NEW DAWN OF THERHINE</t>
+  </si>
+  <si>
+    <t>2021-09-11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 years 5 months </t>
+  </si>
+  <si>
+    <t>WOODSBENGALS JAIDAH LILY</t>
+  </si>
+  <si>
+    <t>JAYLAH OF WOODSBENGALS</t>
+  </si>
+  <si>
+    <t>2021-11-16</t>
+  </si>
+  <si>
+    <t>WOODSBENGALS WHOLE LATTE LOVE</t>
+  </si>
+  <si>
+    <t>2023-05-18</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>FAIRYTALESOULS VITANI</t>
+  </si>
+  <si>
+    <t>VOM KARWENDELBERG MONTE CARLO OF SPICE</t>
+  </si>
+  <si>
+    <t>SPICE SARABI OF FAIRYTALESOULS</t>
+  </si>
+  <si>
+    <t>2020-12-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 years 2 months </t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>BENGALESISNIKA NOAH</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>AL JANNAS JELLY BEAN</t>
+  </si>
+  <si>
+    <t>2024-10-06</t>
+  </si>
+  <si>
+    <t>AL JANNAS JEANDARC OF FAIRYTALESOULS</t>
+  </si>
+  <si>
+    <t>2024-09-09</t>
+  </si>
+  <si>
+    <t>AL JANNAS PARZIVAL OF FAIRYTALESOULS</t>
+  </si>
+  <si>
+    <t>2025-11-09</t>
+  </si>
+  <si>
+    <t>LOTSOFSPOTS EFFEN BLACK</t>
+  </si>
+  <si>
+    <t>LOTSOFSPOTS GREY GOOSE</t>
+  </si>
+  <si>
+    <t>LOTSOFSPOTS FIAMMETTA</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>LOTSOFSPOTS ALL EYES ON ME</t>
+  </si>
+  <si>
+    <t>LOTSOFSPOTS ICY BEAR</t>
+  </si>
+  <si>
+    <t>2023-05-28</t>
+  </si>
+  <si>
+    <t>TECSPOT VADE MECUM OF LOTSOFSPOTS</t>
+  </si>
+  <si>
+    <t>PRINCE ZUKO OF TECSPOT</t>
+  </si>
+  <si>
+    <t>SIGNATUREKATS KAMEER OF TECSPOT</t>
+  </si>
+  <si>
+    <t>2023-03-10</t>
+  </si>
+  <si>
+    <t>LUNAKATZ REBEL</t>
+  </si>
+  <si>
+    <t>2020-01-31</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>SILVERSTORM SILVER GALACTO</t>
+  </si>
+  <si>
+    <t>JENSAYLABENGALS DREAM LITTLE DREAM</t>
+  </si>
+  <si>
+    <t>2021-12-25</t>
+  </si>
+  <si>
+    <t>BRIGHT ECHOS OF D‘ARQUES</t>
+  </si>
+  <si>
+    <t>2024-09-05</t>
+  </si>
+  <si>
+    <t>SAPHIRS DE LUNE TRIKSTER</t>
+  </si>
+  <si>
+    <t>SAPHIRS DE LUNE R’FORCE ONE</t>
+  </si>
+  <si>
+    <t>SAPHIRS DE LUNE ROSWELL</t>
+  </si>
+  <si>
+    <t>2022-04-16</t>
+  </si>
+  <si>
+    <t>SUNDIATA MASAI</t>
+  </si>
+  <si>
+    <t>SUNDIATA SADE</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>CORAMONTE LANA OF PACHA</t>
+  </si>
+  <si>
+    <t>PASO DOBLEDES DES GRIFFES DE FEU</t>
+  </si>
+  <si>
+    <t>AMAZONGOLD CECELIA ANN</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 months </t>
+  </si>
+  <si>
+    <t>PACHA LILO</t>
+  </si>
+  <si>
+    <t>REALBENGAL MOSES OF TINYSCREAMS</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>BOYDSBENGALS MIMOSA SOLEIL</t>
+  </si>
+  <si>
+    <t>FASHIONBENGALS ARMANI PRIVE</t>
+  </si>
+  <si>
+    <t>BOYDSBENGALS MOET CHANDON</t>
+  </si>
+  <si>
+    <t>2021-01-22</t>
+  </si>
+  <si>
+    <t>SIGNATUREKATS NAKIA</t>
+  </si>
+  <si>
+    <t>KINGBRIO OF SIGNATUREKATS</t>
+  </si>
+  <si>
+    <t>SIGNATUREKATS SILVER PEARL</t>
+  </si>
+  <si>
+    <t>2022-11-01</t>
+  </si>
+  <si>
+    <t>2025-12-27</t>
+  </si>
+  <si>
+    <t>BOWSPOTS ARRAY</t>
+  </si>
+  <si>
+    <t>WILD LINE A.K.A KENAI</t>
+  </si>
+  <si>
+    <t>BOWSPOTS AYA RENAISSANCE</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 month </t>
+  </si>
+  <si>
+    <t>WILDERNESSWELL PANTHERAFURR MUFASA</t>
+  </si>
+  <si>
+    <t>WILDERNESSWELL ISLAND RAIN</t>
+  </si>
+  <si>
+    <t>WILDERNESSWELL RAISIN CHAOS</t>
+  </si>
+  <si>
+    <t>2022-06-14</t>
+  </si>
+  <si>
+    <t>2015-04-15</t>
+  </si>
+  <si>
+    <t>SPICE CAYENNE</t>
+  </si>
+  <si>
+    <t>JOYKATZ MOMENTUM OF SPICE</t>
+  </si>
+  <si>
+    <t>LLANDAR CANNELLE OF SPICE</t>
+  </si>
+  <si>
+    <t>2001-04-24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24 years 9 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">13 years 11 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 years 10 months </t>
+  </si>
+  <si>
+    <t>2015-09-23</t>
+  </si>
+  <si>
+    <t>LLANDAR FANFARE</t>
+  </si>
+  <si>
+    <t>MILLWOOD ACES HIGH</t>
+  </si>
+  <si>
+    <t>LLANDAR KALEIDOSCOPE</t>
+  </si>
+  <si>
+    <t>2002-03-22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23 years 10 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">13 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 years 4 months </t>
+  </si>
+  <si>
+    <t>2014-06-02</t>
+  </si>
+  <si>
+    <t>SIRUCATS QUASIM</t>
+  </si>
+  <si>
+    <t>MEDOZ CHIDAMBAR OF SIRUCATS</t>
+  </si>
+  <si>
+    <t>SIRUCATS MIRELLA</t>
+  </si>
+  <si>
+    <t>2004-05-01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21 years 9 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 years 1 month </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 years 8 months </t>
+  </si>
+  <si>
+    <t>2013-10-15</t>
+  </si>
+  <si>
+    <t>BRIDLEWOOD SOME KIND OF WONDERFUL</t>
+  </si>
+  <si>
+    <t>BRIDLEWOOD A LICENSE TO THRILL</t>
+  </si>
+  <si>
+    <t>BRIDLEWOOD VINTAGE LACE</t>
+  </si>
+  <si>
+    <t>2004-10-15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21 years 4 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 years 0 month </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 years 4 months </t>
+  </si>
+  <si>
+    <t>2013-09-18</t>
+  </si>
+  <si>
+    <t>VELVETYHILL'S DEMETER</t>
+  </si>
+  <si>
+    <t>MILLENNIETS INFINITE MASS</t>
+  </si>
+  <si>
+    <t>KATTKOMPANIET'S MERCEDES</t>
+  </si>
+  <si>
+    <t>2005-03-28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 years 10 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 years 5 months </t>
+  </si>
+  <si>
+    <t>2014-04-02</t>
+  </si>
+  <si>
+    <t>BUNDAS CANADIAN JEWEL OF MADURAI</t>
+  </si>
+  <si>
+    <t>TAILWINDS UPROAR OF NORDIQUESTAR</t>
+  </si>
+  <si>
+    <t>DRINKWATER PLAYA D ORO OF BUNDAS</t>
+  </si>
+  <si>
+    <t>2006-01-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 years 0 month </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 2 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 years 10 months </t>
+  </si>
+  <si>
+    <t>2014-12-02</t>
+  </si>
+  <si>
+    <t>SILVERSPIRIT'S KILYA</t>
+  </si>
+  <si>
+    <t>SILVERSPIRIT'S PAWNEE</t>
+  </si>
+  <si>
+    <t>TROLLøYA BARE BEA</t>
+  </si>
+  <si>
+    <t>2006-10-31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19 years 3 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 1 month </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 years 2 months </t>
+  </si>
+  <si>
+    <t>2018-07-12</t>
+  </si>
+  <si>
+    <t>CALCATTA XIAO XIAO OF GRAFFITI</t>
+  </si>
+  <si>
+    <t>CALCATTA SHOOTING STAR OF KAJARI</t>
+  </si>
+  <si>
+    <t>RAINFOREST TOPAZ OF CALCATTA</t>
+  </si>
+  <si>
+    <t>2007-01-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19 years 1 month </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 years 7 months </t>
+  </si>
+  <si>
+    <t>2018-08-27</t>
+  </si>
+  <si>
+    <t>KANPUR JAMBOREE OF WILDDREAM</t>
+  </si>
+  <si>
+    <t>GOGEES SPOTLIGHTS ON ME</t>
+  </si>
+  <si>
+    <t>AZANABENGALS BRILLIANT CUT</t>
+  </si>
+  <si>
+    <t>2007-06-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 years 8 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 years 5 months </t>
+  </si>
+  <si>
+    <t>2016-06-03</t>
+  </si>
+  <si>
+    <t>MEDOZ MAGIC MYSTERY OF SILKYBENGALS</t>
+  </si>
+  <si>
+    <t>WILDFOREST SMOKIN GUN OF JUNGLEMIST</t>
+  </si>
+  <si>
+    <t>MEDOZ MS MOLLY</t>
+  </si>
+  <si>
+    <t>2007-06-27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 years 7 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 11 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 years 8 months </t>
+  </si>
+  <si>
+    <t>2016-06-06</t>
+  </si>
+  <si>
+    <t>SPICE ESTRAGON</t>
+  </si>
+  <si>
+    <t>ASHANTI ATLAS</t>
+  </si>
+  <si>
+    <t>SPICE CITRONELLE</t>
+  </si>
+  <si>
+    <t>2007-08-31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 years 5 months </t>
+  </si>
+  <si>
     <t xml:space="preserve">8 years 9 months </t>
   </si>
   <si>
-    <t xml:space="preserve">47 years 2 months </t>
-[...827 lines deleted...]
-    <t>2019-12-04</t>
+    <t>2016-04-01</t>
+  </si>
+  <si>
+    <t>SILVERSPIRIT'S ARCTIC LIGHT</t>
+  </si>
+  <si>
+    <t>CHETILAS CHIQUITA</t>
+  </si>
+  <si>
+    <t>2007-10-24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 years 3 months </t>
+  </si>
+  <si>
+    <t>2016-09-25</t>
+  </si>
+  <si>
+    <t>ABSOLUTELY SUPER COOPER</t>
+  </si>
+  <si>
+    <t>MAINSTREET STORM WARNING</t>
+  </si>
+  <si>
+    <t>ABSOLUTELY TOMORROWS JEWEL</t>
+  </si>
+  <si>
+    <t>2007-12-13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 years 2 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 years 4 months </t>
+  </si>
+  <si>
+    <t>2016-09-15</t>
+  </si>
+  <si>
+    <t>SELMAS SNOWING MOSCOW</t>
+  </si>
+  <si>
+    <t>SELMAS BASIC ELEMENT</t>
+  </si>
+  <si>
+    <t>DARNASSUS SNö</t>
+  </si>
+  <si>
+    <t>2008-07-09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 years 7 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 years 5 months </t>
+  </si>
+  <si>
+    <t>2016-12-13</t>
+  </si>
+  <si>
+    <t>FIANNA FORTUNA OF ILENDRI</t>
+  </si>
+  <si>
+    <t>ZENDADA SUN CATCHER OF FIANNA</t>
+  </si>
+  <si>
+    <t>BENGALAND SPIRIT CHASER OF FIANNA</t>
+  </si>
+  <si>
+    <t>2008-10-15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 years 4 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 years 2 months </t>
+  </si>
+  <si>
+    <t>2018-03-06</t>
+  </si>
+  <si>
+    <t>EBBI OF CITYBENGAL</t>
+  </si>
+  <si>
+    <t>BALI-BENGAL CHAPLIN</t>
+  </si>
+  <si>
+    <t>WILDBEAUTY CHEMSA AYAT</t>
+  </si>
+  <si>
+    <t>2009-02-26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 years 11 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 years 11 months </t>
+  </si>
+  <si>
+    <t>2018-07-09</t>
+  </si>
+  <si>
+    <t>INGALE JANA</t>
+  </si>
+  <si>
+    <t>DREAM CATCHER OF THE GUILTY CLAN</t>
+  </si>
+  <si>
+    <t>FRENCH-FAIRY OF INGALE</t>
+  </si>
+  <si>
+    <t>2010-01-16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 years 1 month </t>
+  </si>
+  <si>
+    <t>MAJESTICPRIDE GOLDEN FORMULA</t>
+  </si>
+  <si>
+    <t>LEOPARDSTRAIL WHITE GOLD JR</t>
+  </si>
+  <si>
+    <t>MAJESTICPRIDE MAGIC FORMULA</t>
+  </si>
+  <si>
+    <t>2010-01-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 years 0 month </t>
+  </si>
+  <si>
+    <t>2018-02-24</t>
+  </si>
+  <si>
+    <t>DAZZLEDOTS BLACK ANGEL VOM WEINBERG</t>
+  </si>
+  <si>
+    <t>DRINKWATER BLACK ICE</t>
+  </si>
+  <si>
+    <t>DAZZLEDOTS VERY VELVET</t>
+  </si>
+  <si>
+    <t>2010-02-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 0 month </t>
+  </si>
+  <si>
+    <t>2020-01-23</t>
+  </si>
+  <si>
+    <t>SPICE BASIL</t>
+  </si>
+  <si>
+    <t>KALANIKATS CHANEL OF SPICE</t>
+  </si>
+  <si>
+    <t>2010-02-26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 years 11 months </t>
+  </si>
+  <si>
+    <t>2019-02-24</t>
+  </si>
+  <si>
+    <t>CHEETAHSDEN'S I AM SO CATKINS</t>
+  </si>
+  <si>
+    <t>EXOTICROSE PINBALL WIZARD</t>
+  </si>
+  <si>
+    <t>CHEETAHSDEN'S CATKINS</t>
+  </si>
+  <si>
+    <t>2010-04-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 years 10 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 years 11 months </t>
+  </si>
+  <si>
+    <t>2019-04-17</t>
+  </si>
+  <si>
+    <t>HUNTERSRIDGE PURE MAGIC OF MADURAI</t>
+  </si>
+  <si>
+    <t>KORSHKI TOTAL RECALL OF SPOTAGIOUS</t>
+  </si>
+  <si>
+    <t>ARTATTACK PALLADIUM OF HUNTERSRIDGE</t>
+  </si>
+  <si>
+    <t>2010-08-13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 years 6 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 8 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 years 10 months </t>
+  </si>
+  <si>
+    <t>DUCO OF ARINDI CATS</t>
+  </si>
+  <si>
+    <t>AIKA TERINI CATCHER</t>
+  </si>
+  <si>
+    <t>P.O.D. CATS ASHA ARINDI</t>
+  </si>
+  <si>
+    <t>2011-01-01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 years 1 month </t>
+  </si>
+  <si>
+    <t>2020-01-16</t>
+  </si>
+  <si>
+    <t>SPICE SUCETTE A L ANIS</t>
+  </si>
+  <si>
+    <t>2011-09-01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14 years 5 months </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 years 4 months </t>
   </si>
   <si>
     <t xml:space="preserve">6 years 1 month </t>
   </si>
   <si>
-    <t>2024-07-02</t>
-[...1609 lines deleted...]
-  <si>
     <t>SONARGAON DIABLO OF DEVINESPIRITS</t>
   </si>
   <si>
     <t>TARANTELA PHANTOM</t>
   </si>
   <si>
     <t>SONARGAON ANASTASIA</t>
   </si>
   <si>
     <t>2012-04-25</t>
   </si>
   <si>
-    <t xml:space="preserve">13 years 8 months </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">11 years 10 months </t>
+    <t xml:space="preserve">13 years 9 months </t>
   </si>
   <si>
     <t>2022-06-20</t>
   </si>
   <si>
     <t>GURU GORALKA</t>
   </si>
   <si>
     <t>CASAROCCA LEGILIMENS</t>
   </si>
   <si>
     <t>GURU SHASHKA</t>
   </si>
   <si>
     <t>2014-01-26</t>
   </si>
   <si>
-    <t xml:space="preserve">11 years 11 months </t>
+    <t xml:space="preserve">12 years 0 month </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFFFFF00"/>
       <name val="Arial"/>
@@ -2932,76 +2866,76 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461b12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c4515" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f411f16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188699471c" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e954f" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c411c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819c451e" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9540" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80944e1514c2" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83954714" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9846" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c421a" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879c41" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984f" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c421a" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984e" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c421a" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819441" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879844" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b42" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819547" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a81944e" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a81944f" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849e40" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829840" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819942" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9c43" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9c45" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819542" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e839546" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d819f42" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839b41" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9d45" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879c47" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198e9a42" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859e40" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849840" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9d42" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e85954f" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859542" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d47" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849840" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a83994e" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a83994f" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839842" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819a41" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879942" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18809f42" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869d40" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809946" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839a47" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849844" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849845" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879946" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9540" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a829b4e" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819940" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819940" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441415c0" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819941" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849c46" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9b47" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9b46" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849540" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849542" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849541" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859c47" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f44" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b84954e" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819a44" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859b41" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a84944e" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859941" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859e40" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849840" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a44" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a42" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9444" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829845" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b42" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b45" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a4e" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b46" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9445" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9b42" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9446" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b45" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b45" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839b41" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b44" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b45" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a40" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18809540" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869545" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809f4f" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829845" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099431916c1" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829846" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d40" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b41" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944418" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a41" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a44" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a42" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879941" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869a47" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859544" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b879947" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b40" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b41" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879441" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809945" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b819940" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839e41" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839542" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9547" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809f4f" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9440" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839c43" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829845" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b44" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e954e" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e9544" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e954f" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8f9c46" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8f9c47" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c46" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f954e" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849d44" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b819a47" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f42" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b81994e" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a87944f" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e819946" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c41" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809b40" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9c46" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809b41" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809d40" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809d42" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809d41" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809b4e" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f859943" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809447" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f859e441d" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188799431c" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f47" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c45" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f42" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f44" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f43" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198e9e46" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198e9d45" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198e9e47" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f41" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886994618" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f42" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859840" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809446" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809445" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869846" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e819946" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819542" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9942" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9947" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9943" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9545" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c47" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b41" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c45" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c40" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461812c3" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9541" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9542" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869c45" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869c46" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9e47" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9d45" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869847" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f441d12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a40" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a43" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b42" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b44" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b43" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395421417c7" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9446" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859840" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859845" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859842" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849847" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879f46" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879f45" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c45" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839b42" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c46" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c44" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819441" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9543" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9440" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9544" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9443" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9445" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9444" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d44" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d45" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c40" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80954f" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c41" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c46" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c47" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a87944e" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809945" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819f47" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f42" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859e47" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d43" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c45" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c40" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9544" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c47" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e85954f" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095401512c0" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859540" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9447" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b40" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e45" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18829c42" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b40" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87994e" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879a44" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869944" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869943" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9446" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869944" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869943" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869a4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e44" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a87984f" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879841" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879840" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9941" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9942" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f40" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879943" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9942" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869942" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819c47" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879943" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879946" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879944" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e954f" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829840" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c43" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e954e" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869846" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b46" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e45" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869c46" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1984994e" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e85954f" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e47" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9d47" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9d40" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859940" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879b44" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859941" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c41" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859940" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859c40" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a85984f" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809b4e" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809447" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c42" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c43" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1987954f" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d40" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d41" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809e42" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829a4e" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d40" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849a42" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18829b42" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849c46" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829845" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b47" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c45" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839d41" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c46" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9546" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829440" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f42" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879f40" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879f40" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c45" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c42" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f42" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f44" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f43" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9443" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879440" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c42" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839e45" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879547" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839841" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839842" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839843" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d44" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f41" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859844" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d43" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859940" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859c40" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809543" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879846" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809544" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879d41" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809541" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80954f1d17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b47" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a421b13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9545" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809542" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b80984f" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809546" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869841" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b471d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a471418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879842" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879846" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879843" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b41" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188394" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394461518c3" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819d47" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809a45" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809a46" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879a41" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f954e" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f954f" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b43" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d43" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9541" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a44" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819d44" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9e47" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a40" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819944" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869f47" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859446" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d45" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f41" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859844" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809843" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9d42" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b879840" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198e9a42" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d47" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b819e45" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9d42" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809440" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859840" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859f41" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80944f" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859840" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869847" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a829444" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849941" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859946" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e954319" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859947" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849941" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e4f" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859844" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f44" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839444" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b40" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b41" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859f4e" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859f44" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859f42" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829b47" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f44" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b84994e" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809a47" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80994f" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80994e" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829540" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879f43" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839841" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859841" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a421513c7" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859842" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859441" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859444" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859442" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461b12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c4515" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f411f16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188699471c" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e954f" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c411c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819c451e" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9540" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80944e1514c2" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f83954714" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9846" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c421a" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879c41" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984f" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c421a" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f86984e" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c421a" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879f4f15" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9c43" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9c45" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819542" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e839546" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d819f42" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839b41" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8e9d45" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879c47" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198e9a42" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859e40" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849840" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9d42" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e85954f" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859542" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d47" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849840" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a83994e" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a83994f" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839842" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819a41" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879942" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18809f42" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869d40" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809946" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839a47" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849844" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849845" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879946" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9540" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a829b4e" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819940" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819940" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394441415c0" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819941" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849c46" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9b47" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9b46" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=14869c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869f43" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869f42" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849540" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849542" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849541" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859c47" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f44" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b84954e" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819a44" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859b41" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a84944e" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859941" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859e40" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849840" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a44" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a42" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9444" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829845" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b42" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b45" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a4e" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b46" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9445" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9b42" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9446" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b45" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b45" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839b41" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b44" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b45" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a40" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18809540" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869545" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809f4f" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829845" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8099431916c1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829846" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d40" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b41" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886944418" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a41" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a44" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879a42" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879941" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869a47" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859544" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b879947" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b40" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b41" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879441" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809945" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b819940" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839e41" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839542" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9547" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809f4f" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9440" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839c43" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829845" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b44" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e954e" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e9544" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e954f" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8f9c46" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8f9c47" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c46" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f954e" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849d44" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=14869d43" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f4f" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d40" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829844" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829846" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829845" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b819a47" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f42" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b81994e" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f41" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1886994618" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f42" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859840" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809446" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809445" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869846" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e819946" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819542" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9942" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9947" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9943" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9545" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c47" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879b41" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c45" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c40" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461812c3" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9541" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9542" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869c45" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869c46" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9e47" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9d45" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869847" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f441d12c3" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a40" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a43" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a41" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b42" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b44" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849b43" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395421417c7" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9446" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859840" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859845" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859842" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849847" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879f46" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879f45" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c45" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a839b42" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c46" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c44" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819441" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9543" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9440" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9544" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9443" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9445" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9444" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d44" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d45" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a4f" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c40" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80954f" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c41" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c46" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c47" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a87944e" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809945" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819f47" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f42" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859e47" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d4e" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d43" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c45" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c40" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9544" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849c47" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e85954f" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8095401512c0" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859540" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9447" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b40" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e45" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18829c42" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9b40" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f87994e" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879a44" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869944" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869943" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9446" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869944" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869943" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869a4e1d" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e44" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a87984f" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879841" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879840" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9941" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9942" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829f40" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e42" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879943" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9942" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869942" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18819c47" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879943" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879946" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879944" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e954f" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829840" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c43" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e954e" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869846" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b46" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e45" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19869c46" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1984994e" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e85954f" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e47" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9d47" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9d40" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859940" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879b44" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859941" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8f9c41" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859940" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859c40" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a85984f" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809b4e" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f809447" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c42" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b869c43" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1987954f" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d40" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d41" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809e42" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829a4e" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d40" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b849a42" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18829b42" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849c46" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e829845" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18859b47" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c45" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f839d41" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879c46" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a8e9546" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859d4f" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829440" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f42" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879f40" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879f40" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9c45" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c42" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f42" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f44" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19839f43" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809e461d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9443" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879440" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9442" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c42" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839e45" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879547" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849e4e" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839841" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839842" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839843" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d44" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f41" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859844" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d43" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859940" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859c40" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809543" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879846" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809544" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879d41" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839c42" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869c47" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809541" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d80954f1d17c5" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839e" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b859b47" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a421b13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9545" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809542" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b80984f" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809546" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869841" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b471d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a471418c6" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879842" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879846" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879843" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b41" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188394" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394461518c3" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819d47" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c4f" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809a45" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19809a46" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18879a41" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f954e" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f954f" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f879b43" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a869d43" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9541" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a44" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a819d44" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9e47" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198f9a40" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819944" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869f47" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859446" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839d45" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f41" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859844" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b809843" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9d42" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b879840" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=198e9a42" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19849d47" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b819e45" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839a461c10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188f9d42" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809440" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859840" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859f41" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80944f" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859840" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869847" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a829444" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849941" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859946" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8e954319" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19859947" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849941" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f849e4f" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e8e9445" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859844" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e859c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f819f44" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b839444" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b40" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859b41" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859f4e" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859f44" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859f42" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829b47" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a849f44" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b84994e" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a809a47" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80994f" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a80994e" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b829540" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a879f43" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18839841" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859841" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a421513c7" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859842" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859441" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859444" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1a859442" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e9b4f" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e9b41" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1b8e9b40" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879846" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879f4e" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=19879847" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e431a15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d879b431414c5" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d401a18cf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401a16cf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849e441e11c3" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849b471d13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8298461d13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849f4f1518c5" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849d421416c3" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c471a19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a441a11c1" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d84994e1b12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994f1f13c7" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994f1f13c2" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994f1f13c1" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441f19c3" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a431d16ce" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d401d12ce" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8094451d" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431914cf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8499401b" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594411411c2" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f431e15c4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8598421b19c2" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b401b15c2" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f441512c1" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859d4f1914c0" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594441415c2" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a4f1f11cf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859f4f1819c7" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594421e11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e471510cf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859c401a11c0" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431914c2" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431914cf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394431915c7" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594411d12c4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859e431412c4" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8599431515cf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8095421c" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d82994f1f10ce" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1f8095431c" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c4f1a12c0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b421512c4" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a451911c3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=18869e4f1f" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401d13ce" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421c16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d83944f1519c1" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839f421411ce" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85944f1b10c3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829a421e15c7" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a461e18c5" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4f1413c6" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299461d12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d85954e1b16c1" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4e1816c7" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8299421911c0" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594421e11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a461b17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b451911c2" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859b4e1512c0" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d849a471919c0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829b461b11c6" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829c4e1912c5" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d4f1919c7" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d441a14cf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829e421817c5" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809d441a15c1" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839c451510c3" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8594421e11c2" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d859a461b17c6" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809b431c14c1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294411812c6" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d829d451912c4" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8394421e19c0" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839e4e1b14c7" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8295401e13c0" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e879c4e" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8294401c13c3" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d8395461b12c7" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188e9c4515" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809f411f16c5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=188699471c" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1e869841" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d839b471d14c5" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bengal-data.com/search.php?search=1d809a471418c6" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I157"/>
+  <dimension ref="A1:I151"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="95" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A157" sqref="A157"/>
+      <selection pane="bottomLeft" activeCell="A151" sqref="A151"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.568359" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.710938" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.275391" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.560547" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="54.84375" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="43.417969" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.568359" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.708984" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.708984" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="20.566406" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="45">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
@@ -3092,4403 +3026,4235 @@
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="35">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="3" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" customHeight="1" ht="35">
       <c r="A6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="H6" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="35">
       <c r="A7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="3" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="35">
       <c r="A8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E8" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="35">
       <c r="A9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C9" s="3" t="s">
+      <c r="D9" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="D9" s="3" t="s">
+      <c r="E9" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="F9" s="3" t="s">
+      <c r="G9" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="G9" s="3" t="s">
+      <c r="H9" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="H9" s="3" t="s">
+      <c r="I9" s="3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="35">
       <c r="A10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>58</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="35">
       <c r="A11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="35">
       <c r="A12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="35">
       <c r="A13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="D13" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="D13" s="3" t="s">
+      <c r="E13" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="E13" s="3" t="s">
+      <c r="F13" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I13" s="3" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="35">
       <c r="A14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="G14" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="H14" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I14" s="2" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="35">
       <c r="A15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="C15" s="3" t="s">
+      <c r="F15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="D15" s="3" t="s">
+      <c r="G15" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="E15" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H15" s="3" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="35">
       <c r="A16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="35">
       <c r="A17" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C17" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="D17" s="3" t="s">
+      <c r="I17" s="3" t="s">
         <v>102</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:9" customHeight="1" ht="35">
       <c r="A18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G18" s="2" t="s">
-        <v>112</v>
+        <v>85</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:9" customHeight="1" ht="35">
       <c r="A19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D19" s="3" t="s">
+      <c r="H19" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="I19" s="3" t="s">
         <v>102</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:9" customHeight="1" ht="35">
       <c r="A20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="C20" s="2" t="s">
+      <c r="D20" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E20" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="2" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>122</v>
+        <v>91</v>
       </c>
       <c r="I20" s="2" t="s">
-        <v>66</v>
+        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9" customHeight="1" ht="35">
       <c r="A21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>128</v>
+        <v>85</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>129</v>
+        <v>51</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>66</v>
+        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9" customHeight="1" ht="35">
       <c r="A22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>66</v>
+        <v>126</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
     </row>
     <row r="23" spans="1:9" customHeight="1" ht="35">
       <c r="A23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>52</v>
+        <v>132</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>59</v>
+        <v>114</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
     </row>
     <row r="24" spans="1:9" customHeight="1" ht="35">
       <c r="A24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="C24" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G24" s="2" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>74</v>
+        <v>139</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:9" customHeight="1" ht="35">
       <c r="A25" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>142</v>
       </c>
       <c r="D25" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="E25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>146</v>
+        <v>112</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>147</v>
+        <v>51</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:9" customHeight="1" ht="35">
       <c r="A26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="C26" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G26" s="2" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9" customHeight="1" ht="35">
       <c r="A27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I27" s="3" t="s">
         <v>154</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:9" customHeight="1" ht="35">
       <c r="A28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="I28" s="2" t="s">
         <v>154</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="29" spans="1:9" customHeight="1" ht="35">
       <c r="A29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>74</v>
+        <v>161</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>115</v>
+        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9" customHeight="1" ht="35">
       <c r="A30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="C30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="2" t="s">
-        <v>91</v>
+        <v>163</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>92</v>
+        <v>164</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>93</v>
+        <v>165</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>115</v>
+        <v>154</v>
       </c>
     </row>
     <row r="31" spans="1:9" customHeight="1" ht="35">
       <c r="A31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="C31" s="3" t="s">
+      <c r="F31" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="D31" s="3" t="s">
+      <c r="G31" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="E31" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H31" s="3" t="s">
-        <v>173</v>
+        <v>113</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:9" customHeight="1" ht="35">
       <c r="A32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
     </row>
     <row r="33" spans="1:9" customHeight="1" ht="35">
       <c r="A33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>173</v>
+        <v>52</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
     </row>
     <row r="34" spans="1:9" customHeight="1" ht="35">
       <c r="A34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>106</v>
+        <v>179</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>187</v>
+        <v>114</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:9" customHeight="1" ht="35">
       <c r="A35" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>84</v>
+        <v>157</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>136</v>
+        <v>183</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:9" customHeight="1" ht="35">
       <c r="A36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="D36" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I36" s="2" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:9" customHeight="1" ht="35">
       <c r="A37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="C37" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="D37" s="3" t="s">
+      <c r="G37" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="E37" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H37" s="3" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>174</v>
+        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:9" customHeight="1" ht="35">
       <c r="A38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>168</v>
+        <v>194</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D38" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="F38" s="2" t="s">
+      <c r="G38" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="G38" s="2" t="s">
+      <c r="H38" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="H38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I38" s="2" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:9" customHeight="1" ht="35">
       <c r="A39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>201</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>202</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>204</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>58</v>
+        <v>205</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>122</v>
+        <v>206</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:9" customHeight="1" ht="35">
       <c r="A40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>125</v>
+        <v>208</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>207</v>
-[...4 lines deleted...]
-      <c r="G40" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="H40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
       <c r="I40" s="2" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:9" customHeight="1" ht="35">
       <c r="A41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C41" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="D41" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="D41" s="3" t="s">
+      <c r="E41" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="F41" s="3" t="s">
+      <c r="G41" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H41" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="G41" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I41" s="3" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:9" customHeight="1" ht="35">
       <c r="A42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="G42" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="C42" s="2" t="s">
-[...10 lines deleted...]
-      <c r="H42" s="2"/>
+      <c r="H42" s="2" t="s">
+        <v>161</v>
+      </c>
       <c r="I42" s="2" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:9" customHeight="1" ht="35">
       <c r="A43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C43" s="3" t="s">
+      <c r="F43" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="D43" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G43" s="3" t="s">
-        <v>73</v>
+        <v>206</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>199</v>
+        <v>132</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>226</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:9" customHeight="1" ht="35">
       <c r="A44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="G44" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="H44" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="I44" s="2" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="45" spans="1:9" customHeight="1" ht="35">
       <c r="A45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>59</v>
+        <v>126</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>135</v>
+        <v>235</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9" customHeight="1" ht="35">
       <c r="A46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D46" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2" t="s">
         <v>236</v>
-      </c>
-[...13 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="47" spans="1:9" customHeight="1" ht="35">
       <c r="A47" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C47" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="C47" s="3" t="s">
+      <c r="D47" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="D47" s="3" t="s">
+      <c r="F47" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="E47" s="3" t="s">
+      <c r="G47" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H47" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I47" s="3" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
     </row>
     <row r="48" spans="1:9" customHeight="1" ht="35">
       <c r="A48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="D48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="F48" s="2"/>
-[...1 lines deleted...]
-      <c r="H48" s="2"/>
+      <c r="G48" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="I48" s="2" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
     </row>
     <row r="49" spans="1:9" customHeight="1" ht="35">
       <c r="A49" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C49" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="C49" s="3" t="s">
+      <c r="D49" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="D49" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="E49" s="3"/>
+      <c r="F49" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="F49" s="3" t="s">
+      <c r="G49" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="G49" s="3" t="s">
+      <c r="H49" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="H49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I49" s="3" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
     </row>
     <row r="50" spans="1:9" customHeight="1" ht="35">
       <c r="A50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="D50" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="D50" s="2" t="s">
+      <c r="E50" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="F50" s="2" t="s">
+      <c r="G50" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="I50" s="2" t="s">
         <v>259</v>
-      </c>
-[...7 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:9" customHeight="1" ht="35">
       <c r="A51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>260</v>
       </c>
       <c r="D51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F51" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="E51" s="3"/>
-[...2 lines deleted...]
-      </c>
       <c r="G51" s="3" t="s">
-        <v>39</v>
+        <v>206</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>263</v>
+        <v>228</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:9" customHeight="1" ht="35">
       <c r="A52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="D52" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="E52" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="D52" s="2" t="s">
+      <c r="G52" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="I52" s="2" t="s">
         <v>266</v>
-      </c>
-[...13 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:9" customHeight="1" ht="35">
       <c r="A53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>77</v>
+        <v>195</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
     </row>
     <row r="54" spans="1:9" customHeight="1" ht="35">
       <c r="A54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="D54" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G54" s="2" t="s">
-        <v>67</v>
+        <v>179</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>276</v>
+        <v>68</v>
       </c>
       <c r="I54" s="2" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
     </row>
     <row r="55" spans="1:9" customHeight="1" ht="35">
       <c r="A55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C55" s="3" t="s">
+      <c r="G55" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="D55" s="3" t="s">
+      <c r="H55" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="E55" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I55" s="3" t="s">
-        <v>53</v>
+        <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:9" customHeight="1" ht="35">
       <c r="A56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="D56" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="C56" s="2" t="s">
+      <c r="E56" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="D56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="G56" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="F56" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H56" s="2" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>53</v>
+        <v>179</v>
       </c>
     </row>
     <row r="57" spans="1:9" customHeight="1" ht="35">
       <c r="A57" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B57" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C57" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="C57" s="3" t="s">
+      <c r="D57" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="D57" s="3" t="s">
+      <c r="E57" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="E57" s="3" t="s">
+      <c r="F57" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="F57" s="3" t="s">
+      <c r="G57" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="G57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H57" s="3" t="s">
-        <v>52</v>
+        <v>228</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>53</v>
+        <v>179</v>
       </c>
     </row>
     <row r="58" spans="1:9" customHeight="1" ht="35">
       <c r="A58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>286</v>
+        <v>45</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>292</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>51</v>
+        <v>170</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="59" spans="1:9" customHeight="1" ht="35">
       <c r="A59" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>286</v>
+        <v>45</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>295</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>296</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>298</v>
+        <v>124</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>299</v>
+        <v>125</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>253</v>
+        <v>170</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="60" spans="1:9" customHeight="1" ht="35">
       <c r="A60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="D60" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="C60" s="2" t="s">
+      <c r="E60" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="D60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="G60" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H60" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="F60" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I60" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="61" spans="1:9" customHeight="1" ht="35">
       <c r="A61" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>305</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="E61" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="F61" s="3"/>
-[...1 lines deleted...]
-      <c r="H61" s="3"/>
+      <c r="E61" s="3"/>
+      <c r="F61" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>309</v>
+      </c>
       <c r="I61" s="3" t="s">
-        <v>53</v>
+        <v>303</v>
       </c>
     </row>
     <row r="62" spans="1:9" customHeight="1" ht="35">
       <c r="A62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="E62" s="2"/>
       <c r="F62" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>254</v>
+        <v>313</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>105</v>
+        <v>314</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>67</v>
+        <v>303</v>
       </c>
     </row>
     <row r="63" spans="1:9" customHeight="1" ht="35">
       <c r="A63" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>317</v>
+        <v>199</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>318</v>
+        <v>101</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>75</v>
+        <v>303</v>
       </c>
     </row>
     <row r="64" spans="1:9" customHeight="1" ht="35">
       <c r="A64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>320</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>322</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>323</v>
+        <v>199</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>75</v>
+        <v>303</v>
       </c>
     </row>
     <row r="65" spans="1:9" customHeight="1" ht="35">
       <c r="A65" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B65" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="D65" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="C65" s="3" t="s">
+      <c r="E65" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="D65" s="3" t="s">
+      <c r="F65" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="G65" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="E65" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H65" s="3" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>75</v>
+        <v>303</v>
       </c>
     </row>
     <row r="66" spans="1:9" customHeight="1" ht="35">
       <c r="A66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>68</v>
+        <v>304</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="D66" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="D66" s="2" t="s">
+      <c r="E66" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="F66" s="2" t="s">
+      <c r="G66" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="G66" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H66" s="2" t="s">
-        <v>129</v>
+        <v>284</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>75</v>
+        <v>303</v>
       </c>
     </row>
     <row r="67" spans="1:9" customHeight="1" ht="35">
       <c r="A67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>68</v>
+        <v>332</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>146</v>
+        <v>336</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>73</v>
+        <v>243</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>75</v>
+        <v>303</v>
       </c>
     </row>
     <row r="68" spans="1:9" customHeight="1" ht="35">
       <c r="A68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>302</v>
+        <v>338</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>337</v>
-[...9 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
       <c r="I68" s="2" t="s">
-        <v>75</v>
+        <v>303</v>
       </c>
     </row>
     <row r="69" spans="1:9" customHeight="1" ht="35">
       <c r="A69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>340</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="E69" s="3"/>
+      <c r="E69" s="3" t="s">
+        <v>342</v>
+      </c>
       <c r="F69" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>343</v>
+        <v>58</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>344</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>187</v>
+        <v>303</v>
       </c>
     </row>
     <row r="70" spans="1:9" customHeight="1" ht="35">
       <c r="A70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>345</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="E70" s="2"/>
+      <c r="E70" s="2" t="s">
+        <v>347</v>
+      </c>
       <c r="F70" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>348</v>
+        <v>252</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>187</v>
+        <v>303</v>
       </c>
     </row>
     <row r="71" spans="1:9" customHeight="1" ht="35">
       <c r="A71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>254</v>
+        <v>355</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>122</v>
+        <v>356</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>187</v>
+        <v>303</v>
       </c>
     </row>
     <row r="72" spans="1:9" customHeight="1" ht="35">
       <c r="A72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>254</v>
+        <v>161</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>187</v>
+        <v>303</v>
       </c>
     </row>
     <row r="73" spans="1:9" customHeight="1" ht="35">
       <c r="A73" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>339</v>
+        <v>361</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>361</v>
+        <v>125</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>362</v>
+        <v>235</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>187</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:9" customHeight="1" ht="35">
       <c r="A74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>339</v>
+        <v>361</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>367</v>
+        <v>206</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>187</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:9" customHeight="1" ht="35">
       <c r="A75" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>371</v>
+        <v>305</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>372</v>
       </c>
       <c r="G75" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="H75" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="H75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I75" s="3" t="s">
-        <v>187</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:9" customHeight="1" ht="35">
       <c r="A76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      <c r="H76" s="2"/>
+        <v>377</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="I76" s="2" t="s">
-        <v>187</v>
+        <v>60</v>
       </c>
     </row>
     <row r="77" spans="1:9" customHeight="1" ht="35">
       <c r="A77" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>253</v>
+        <v>193</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>276</v>
+        <v>60</v>
       </c>
     </row>
     <row r="78" spans="1:9" customHeight="1" ht="35">
       <c r="A78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>383</v>
+        <v>225</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>384</v>
+        <v>226</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>385</v>
+        <v>227</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>344</v>
+        <v>170</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>386</v>
+        <v>60</v>
       </c>
       <c r="I78" s="2" t="s">
-        <v>276</v>
+        <v>183</v>
       </c>
     </row>
     <row r="79" spans="1:9" customHeight="1" ht="35">
       <c r="A79" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C79" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="C79" s="3" t="s">
+      <c r="D79" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="D79" s="3" t="s">
+      <c r="E79" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="E79" s="3" t="s">
+      <c r="F79" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79" s="3" t="s">
-        <v>263</v>
+        <v>91</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>392</v>
+        <v>102</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>276</v>
+        <v>51</v>
       </c>
     </row>
     <row r="80" spans="1:9" customHeight="1" ht="35">
       <c r="A80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C80" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="D80" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="D80" s="2" t="s">
+      <c r="E80" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="F80" s="2" t="s">
+      <c r="G80" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="G80" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H80" s="2" t="s">
-        <v>129</v>
+        <v>100</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>276</v>
+        <v>51</v>
       </c>
     </row>
     <row r="81" spans="1:9" customHeight="1" ht="35">
       <c r="A81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B81" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C81" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="C81" s="3" t="s">
+      <c r="D81" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="D81" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G81" s="3" t="s">
-        <v>121</v>
+        <v>344</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>245</v>
+        <v>161</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
     </row>
     <row r="82" spans="1:9" customHeight="1" ht="35">
       <c r="A82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>403</v>
+        <v>296</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>404</v>
+        <v>297</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>405</v>
+        <v>124</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>381</v>
+        <v>125</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>217</v>
+        <v>84</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
     </row>
     <row r="83" spans="1:9" customHeight="1" ht="35">
       <c r="A83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>406</v>
+        <v>77</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>340</v>
+        <v>402</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>65</v>
+        <v>405</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
     </row>
     <row r="84" spans="1:9" customHeight="1" ht="35">
       <c r="A84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B84" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="C84" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G84" s="2" t="s">
-        <v>147</v>
+        <v>206</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>106</v>
+        <v>68</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
     </row>
     <row r="85" spans="1:9" customHeight="1" ht="35">
       <c r="A85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>418</v>
-[...9 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
+      <c r="H85" s="3"/>
       <c r="I85" s="3" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
     </row>
     <row r="86" spans="1:9" customHeight="1" ht="35">
       <c r="A86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>236</v>
+        <v>413</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>237</v>
-[...9 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
       <c r="I86" s="2" t="s">
-        <v>129</v>
+        <v>51</v>
       </c>
     </row>
     <row r="87" spans="1:9" customHeight="1" ht="35">
       <c r="A87" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>421</v>
+        <v>406</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>106</v>
+        <v>235</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>129</v>
+        <v>51</v>
       </c>
     </row>
     <row r="88" spans="1:9" customHeight="1" ht="35">
       <c r="A88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>426</v>
+        <v>406</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>428</v>
+        <v>416</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>430</v>
+        <v>418</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>431</v>
+        <v>235</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>362</v>
+        <v>132</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
     </row>
     <row r="89" spans="1:9" customHeight="1" ht="35">
       <c r="A89" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>432</v>
+        <v>296</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>302</v>
+        <v>421</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>337</v>
+        <v>422</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>173</v>
+        <v>425</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:9" customHeight="1" ht="35">
       <c r="A90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>333</v>
+        <v>427</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>334</v>
+        <v>428</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>146</v>
+        <v>429</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>121</v>
+        <v>290</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>52</v>
+        <v>170</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="91" spans="1:9" customHeight="1" ht="35">
       <c r="A91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>97</v>
+        <v>430</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>437</v>
+        <v>296</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>440</v>
+        <v>126</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="92" spans="1:9" customHeight="1" ht="35">
       <c r="A92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>441</v>
+        <v>420</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>443</v>
+        <v>296</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>445</v>
+        <v>107</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>199</v>
+        <v>85</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>276</v>
+        <v>114</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:9" customHeight="1" ht="35">
       <c r="A93" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>441</v>
+        <v>420</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>444</v>
+        <v>431</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="94" spans="1:9" customHeight="1" ht="35">
       <c r="A94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>441</v>
+        <v>420</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>449</v>
-[...3 lines deleted...]
-      <c r="H94" s="2"/>
+        <v>438</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="I94" s="2" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="95" spans="1:9" customHeight="1" ht="35">
       <c r="A95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B95" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="C95" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="C95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" s="3" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>216</v>
+        <v>85</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>135</v>
+        <v>102</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="96" spans="1:9" customHeight="1" ht="35">
       <c r="A96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>451</v>
+        <v>225</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>452</v>
+        <v>286</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>216</v>
+        <v>85</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>135</v>
+        <v>114</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
     </row>
     <row r="97" spans="1:9" customHeight="1" ht="35">
       <c r="A97" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>333</v>
+        <v>448</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>459</v>
+        <v>228</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>460</v>
+        <v>183</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>66</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:9" customHeight="1" ht="35">
       <c r="A98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>462</v>
+        <v>77</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="I98" s="2" t="s">
-        <v>66</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:9" customHeight="1" ht="35">
       <c r="A99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C99" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="C99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" s="3" t="s">
-        <v>333</v>
+        <v>456</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>59</v>
+        <v>183</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>66</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:9" customHeight="1" ht="35">
       <c r="A100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>333</v>
+        <v>460</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>127</v>
+        <v>462</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>128</v>
+        <v>379</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>66</v>
+        <v>161</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>66</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:9" customHeight="1" ht="35">
       <c r="A101" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="C101" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F101" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="D101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="H101" s="3"/>
+      <c r="G101" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>68</v>
+      </c>
       <c r="I101" s="3" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
     </row>
     <row r="102" spans="1:9" customHeight="1" ht="35">
       <c r="A102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="C102" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="E102" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="D102" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F102" s="2" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>81</v>
+        <v>331</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>94</v>
+        <v>471</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>66</v>
+        <v>154</v>
       </c>
     </row>
     <row r="103" spans="1:9" customHeight="1" ht="35">
       <c r="A103" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B103" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="C103" s="3" t="s">
+      <c r="F103" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="D103" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G103" s="3" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>129</v>
+        <v>183</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
     </row>
     <row r="104" spans="1:9" customHeight="1" ht="35">
       <c r="A104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="C104" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="E104" s="2" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>480</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>66</v>
+        <v>373</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
     </row>
     <row r="105" spans="1:9" customHeight="1" ht="35">
       <c r="A105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B105" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C105" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="C105" s="3" t="s">
+      <c r="D105" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="D105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F105" s="3" t="s">
         <v>483</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" s="3" t="s">
-        <v>128</v>
+        <v>179</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="106" spans="1:9" customHeight="1" ht="35">
       <c r="A106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>485</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>97</v>
+        <v>486</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>245</v>
+        <v>132</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>153</v>
+        <v>94</v>
       </c>
     </row>
     <row r="107" spans="1:9" customHeight="1" ht="35">
       <c r="A107" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>490</v>
+        <v>163</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>491</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>492</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>128</v>
+        <v>396</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>82</v>
+        <v>356</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
     </row>
     <row r="108" spans="1:9" customHeight="1" ht="35">
       <c r="A108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C108" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="D108" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="D108" s="2" t="s">
+      <c r="E108" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="E108" s="2" t="s">
+      <c r="F108" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="F108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" s="2" t="s">
-        <v>122</v>
+        <v>355</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>173</v>
+        <v>198</v>
       </c>
       <c r="I108" s="2" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
     </row>
     <row r="109" spans="1:9" customHeight="1" ht="35">
       <c r="A109" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B109" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C109" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="C109" s="3" t="s">
+      <c r="D109" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="D109" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="F109" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="3" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>276</v>
+        <v>183</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
     </row>
     <row r="110" spans="1:9" customHeight="1" ht="35">
       <c r="A110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="C110" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="E110" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="D110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="E110" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G110" s="2" t="s">
-        <v>505</v>
+        <v>75</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>431</v>
+        <v>102</v>
       </c>
       <c r="I110" s="2" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
     </row>
     <row r="111" spans="1:9" customHeight="1" ht="35">
       <c r="A111" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>506</v>
+        <v>496</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>82</v>
+        <v>373</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>174</v>
+        <v>94</v>
       </c>
     </row>
     <row r="112" spans="1:9" customHeight="1" ht="35">
       <c r="A112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B112" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="D112" s="2" t="s">
         <v>506</v>
       </c>
-      <c r="C112" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E112" s="2" t="s">
-        <v>513</v>
-[...9 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="2"/>
       <c r="I112" s="2" t="s">
-        <v>174</v>
+        <v>94</v>
       </c>
     </row>
     <row r="113" spans="1:9" customHeight="1" ht="35">
       <c r="A113" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>515</v>
+        <v>225</v>
       </c>
       <c r="D113" s="3" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="E113" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F113" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G113" s="3" t="s">
-        <v>67</v>
+        <v>512</v>
       </c>
       <c r="H113" s="3" t="s">
-        <v>66</v>
+        <v>126</v>
       </c>
       <c r="I113" s="3" t="s">
-        <v>174</v>
+        <v>94</v>
       </c>
     </row>
     <row r="114" spans="1:9" customHeight="1" ht="35">
       <c r="A114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>520</v>
+        <v>225</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>74</v>
+        <v>228</v>
       </c>
       <c r="I114" s="2" t="s">
-        <v>174</v>
+        <v>94</v>
       </c>
     </row>
     <row r="115" spans="1:9" customHeight="1" ht="35">
       <c r="A115" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>523</v>
+        <v>508</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>303</v>
+        <v>516</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>176</v>
+        <v>517</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>524</v>
+        <v>381</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>431</v>
+        <v>75</v>
       </c>
       <c r="H115" s="3" t="s">
-        <v>392</v>
+        <v>51</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>174</v>
+        <v>94</v>
       </c>
     </row>
     <row r="116" spans="1:9" customHeight="1" ht="35">
       <c r="A116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B116" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="C116" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G116" s="2" t="s">
-        <v>263</v>
+        <v>524</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>529</v>
+        <v>138</v>
       </c>
       <c r="I116" s="2" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:9" customHeight="1" ht="35">
       <c r="A117" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>516</v>
+        <v>274</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="H117" s="3" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="I117" s="3" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:9" customHeight="1" ht="35">
       <c r="A118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>423</v>
+        <v>459</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>535</v>
+        <v>465</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>536</v>
+        <v>466</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>67</v>
+        <v>228</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>129</v>
+        <v>303</v>
       </c>
       <c r="I118" s="2" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:9" customHeight="1" ht="35">
       <c r="A119" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>530</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>122</v>
+        <v>215</v>
       </c>
       <c r="H119" s="3" t="s">
-        <v>65</v>
+        <v>179</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:9" customHeight="1" ht="35">
       <c r="A120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>423</v>
+        <v>536</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>540</v>
+        <v>81</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      <c r="H120" s="2"/>
+        <v>54</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H120" s="2" t="s">
+        <v>170</v>
+      </c>
       <c r="I120" s="2" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:9" customHeight="1" ht="35">
       <c r="A121" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B121" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="F121" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="C121" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G121" s="3" t="s">
-        <v>58</v>
+        <v>425</v>
       </c>
       <c r="H121" s="3" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
     </row>
     <row r="122" spans="1:9" customHeight="1" ht="35">
       <c r="A122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C122" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>546</v>
       </c>
-      <c r="D122" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G122" s="2" t="s">
-        <v>73</v>
+        <v>179</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="I122" s="2" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
     </row>
     <row r="123" spans="1:9" customHeight="1" ht="35">
       <c r="A123" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="C123" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="D123" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="D123" s="3" t="s">
+      <c r="E123" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="E123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F123" s="3" t="s">
-        <v>551</v>
+        <v>298</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H123" s="3" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="I123" s="3" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
     </row>
     <row r="124" spans="1:9" customHeight="1" ht="35">
       <c r="A124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B124" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="C124" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="C124" s="2" t="s">
+      <c r="D124" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="D124" s="2" t="s">
+      <c r="E124" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="E124" s="2" t="s">
+      <c r="F124" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="F124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" s="2" t="s">
-        <v>460</v>
+        <v>21</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>253</v>
+        <v>308</v>
       </c>
       <c r="I124" s="2" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
     </row>
     <row r="125" spans="1:9" customHeight="1" ht="35">
       <c r="A125" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B125" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C125" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="C125" s="3" t="s">
+      <c r="D125" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="D125" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="3" t="s">
-        <v>106</v>
+        <v>74</v>
       </c>
       <c r="H125" s="3" t="s">
-        <v>67</v>
+        <v>206</v>
       </c>
       <c r="I125" s="3" t="s">
-        <v>211</v>
+        <v>236</v>
       </c>
     </row>
     <row r="126" spans="1:9" customHeight="1" ht="35">
       <c r="A126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>557</v>
+        <v>239</v>
       </c>
       <c r="C126" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="D126" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="D126" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="2" t="s">
-        <v>499</v>
+        <v>562</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>500</v>
+        <v>563</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>128</v>
+        <v>355</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>75</v>
+        <v>279</v>
       </c>
       <c r="I126" s="2" t="s">
-        <v>211</v>
+        <v>236</v>
       </c>
     </row>
     <row r="127" spans="1:9" customHeight="1" ht="35">
       <c r="A127" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>112</v>
+        <v>84</v>
       </c>
       <c r="H127" s="3" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>211</v>
+        <v>236</v>
       </c>
     </row>
     <row r="128" spans="1:9" customHeight="1" ht="35">
       <c r="A128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>102</v>
+        <v>570</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>77</v>
+        <v>571</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>569</v>
+        <v>453</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="I128" s="2" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="129" spans="1:9" customHeight="1" ht="35">
       <c r="A129" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>209</v>
+        <v>576</v>
       </c>
       <c r="H129" s="3" t="s">
-        <v>253</v>
+        <v>284</v>
       </c>
       <c r="I129" s="3" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="130" spans="1:9" customHeight="1" ht="35">
       <c r="A130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>575</v>
+        <v>564</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>577</v>
+        <v>310</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>332</v>
+        <v>578</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>67</v>
+        <v>243</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="I130" s="2" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="131" spans="1:9" customHeight="1" ht="35">
       <c r="A131" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>579</v>
+        <v>564</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>580</v>
       </c>
       <c r="D131" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F131" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="E131" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G131" s="3" t="s">
-        <v>75</v>
+        <v>205</v>
       </c>
       <c r="H131" s="3" t="s">
-        <v>74</v>
+        <v>373</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="132" spans="1:9" customHeight="1" ht="35">
       <c r="A132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B132" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="C132" s="2" t="s">
         <v>583</v>
       </c>
-      <c r="C132" s="2" t="s">
+      <c r="D132" s="2" t="s">
         <v>584</v>
       </c>
-      <c r="D132" s="2" t="s">
+      <c r="E132" s="2" t="s">
         <v>585</v>
       </c>
-      <c r="E132" s="2" t="s">
+      <c r="F132" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="F132" s="2" t="s">
+      <c r="G132" s="2" t="s">
         <v>587</v>
       </c>
-      <c r="G132" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H132" s="2" t="s">
-        <v>588</v>
+        <v>396</v>
       </c>
       <c r="I132" s="2" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
     </row>
     <row r="133" spans="1:9" customHeight="1" ht="35">
       <c r="A133" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B133" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C133" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="C133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="3" t="s">
-        <v>564</v>
+        <v>274</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>591</v>
+        <v>527</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>592</v>
+        <v>528</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="H133" s="3" t="s">
-        <v>217</v>
+        <v>132</v>
       </c>
       <c r="I133" s="3" t="s">
-        <v>239</v>
+        <v>259</v>
       </c>
     </row>
     <row r="134" spans="1:9" customHeight="1" ht="35">
       <c r="A134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>249</v>
+        <v>590</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>594</v>
+        <v>105</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>595</v>
+        <v>76</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>373</v>
+        <v>303</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>318</v>
+        <v>51</v>
       </c>
       <c r="I134" s="2" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="135" spans="1:9" customHeight="1" ht="35">
       <c r="A135" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>599</v>
+        <v>70</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="H135" s="3" t="s">
-        <v>94</v>
+        <v>183</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="136" spans="1:9" customHeight="1" ht="35">
       <c r="A136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>603</v>
+        <v>105</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>604</v>
+        <v>76</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>487</v>
+        <v>592</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>245</v>
+        <v>303</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="I136" s="2" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="137" spans="1:9" customHeight="1" ht="35">
       <c r="A137" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B137" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="C137" s="3" t="s">
         <v>597</v>
       </c>
-      <c r="C137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="3" t="s">
-        <v>606</v>
+        <v>340</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>608</v>
+        <v>227</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>254</v>
+        <v>170</v>
       </c>
       <c r="H137" s="3" t="s">
-        <v>367</v>
+        <v>215</v>
       </c>
       <c r="I137" s="3" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="138" spans="1:9" customHeight="1" ht="35">
       <c r="A138" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>610</v>
+        <v>323</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>367</v>
+        <v>161</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>362</v>
+        <v>228</v>
       </c>
       <c r="I138" s="2" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="139" spans="1:9" customHeight="1" ht="35">
       <c r="A139" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="D139" s="3"/>
       <c r="E139" s="3" t="s">
-        <v>363</v>
+        <v>602</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="H139" s="3" t="s">
-        <v>65</v>
+        <v>170</v>
       </c>
       <c r="I139" s="3" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="140" spans="1:9" customHeight="1" ht="35">
       <c r="A140" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>614</v>
+        <v>596</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>615</v>
+        <v>604</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>616</v>
+        <v>605</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>617</v>
+        <v>606</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>361</v>
+        <v>101</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>209</v>
+        <v>74</v>
       </c>
       <c r="I140" s="2" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="141" spans="1:9" customHeight="1" ht="35">
       <c r="A141" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>619</v>
+        <v>596</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>620</v>
+        <v>602</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>313</v>
+        <v>608</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>559</v>
+        <v>325</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>560</v>
+        <v>609</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>106</v>
+        <v>424</v>
       </c>
       <c r="H141" s="3" t="s">
-        <v>135</v>
+        <v>252</v>
       </c>
       <c r="I141" s="3" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="142" spans="1:9" customHeight="1" ht="35">
       <c r="A142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>622</v>
+        <v>527</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>125</v>
+        <v>611</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>96</v>
+        <v>612</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="I142" s="2" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="143" spans="1:9" customHeight="1" ht="35">
       <c r="A143" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>90</v>
+        <v>220</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>101</v>
+        <v>221</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>187</v>
+        <v>52</v>
       </c>
       <c r="H143" s="3" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="144" spans="1:9" customHeight="1" ht="35">
       <c r="A144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>125</v>
+        <v>617</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>96</v>
+        <v>618</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>276</v>
+        <v>100</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="I144" s="2" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
     </row>
     <row r="145" spans="1:9" customHeight="1" ht="35">
       <c r="A145" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>627</v>
+        <v>610</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="D145" s="3" t="s">
-        <v>377</v>
+        <v>146</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>238</v>
+        <v>374</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>173</v>
+        <v>60</v>
       </c>
       <c r="H145" s="3" t="s">
-        <v>199</v>
+        <v>102</v>
       </c>
       <c r="I145" s="3" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
     </row>
     <row r="146" spans="1:9" customHeight="1" ht="35">
       <c r="A146" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B146" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H146" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="I146" s="2" t="s">
         <v>627</v>
-      </c>
-[...19 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="147" spans="1:9" customHeight="1" ht="35">
       <c r="A147" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B147" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="I147" s="3" t="s">
         <v>627</v>
-      </c>
-[...17 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="148" spans="1:9" customHeight="1" ht="35">
       <c r="A148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B148" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="H148" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="I148" s="2" t="s">
         <v>627</v>
-      </c>
-[...19 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="149" spans="1:9" customHeight="1" ht="35">
       <c r="A149" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B149" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="I149" s="3" t="s">
         <v>627</v>
-      </c>
-[...19 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="150" spans="1:9" customHeight="1" ht="35">
       <c r="A150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B150" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="C150" s="2" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>642</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>643</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G150" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="H150" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="I150" s="2" t="s">
         <v>645</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="151" spans="1:9" customHeight="1" ht="35">
       <c r="A151" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C151" s="3" t="s">
         <v>646</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>231</v>
+        <v>647</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>232</v>
+        <v>648</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>75</v>
+        <v>512</v>
       </c>
       <c r="H151" s="3" t="s">
-        <v>276</v>
+        <v>67</v>
       </c>
       <c r="I151" s="3" t="s">
-        <v>269</v>
-[...173 lines deleted...]
-        <v>660</v>
+        <v>645</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:I1"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1" tooltip="Open Pedigree"/>
     <hyperlink ref="D2" r:id="rId_hyperlink_2" tooltip="Open Pedigree"/>
     <hyperlink ref="E2" r:id="rId_hyperlink_3" tooltip="Open Pedigree"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_4" tooltip="Open Pedigree"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_5" tooltip="Open Pedigree"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_6" tooltip="Open Pedigree"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_7" tooltip="Open Pedigree"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_8" tooltip="Open Pedigree"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_9" tooltip="Open Pedigree"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_10" tooltip="Open Pedigree"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_11" tooltip="Open Pedigree"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_12" tooltip="Open Pedigree"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_13" tooltip="Open Pedigree"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_14" tooltip="Open Pedigree"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_15" tooltip="Open Pedigree"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_16" tooltip="Open Pedigree"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_17" tooltip="Open Pedigree"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_18" tooltip="Open Pedigree"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_19" tooltip="Open Pedigree"/>
@@ -7594,111 +7360,111 @@
     <hyperlink ref="D41" r:id="rId_hyperlink_119" tooltip="Open Pedigree"/>
     <hyperlink ref="E41" r:id="rId_hyperlink_120" tooltip="Open Pedigree"/>
     <hyperlink ref="C42" r:id="rId_hyperlink_121" tooltip="Open Pedigree"/>
     <hyperlink ref="D42" r:id="rId_hyperlink_122" tooltip="Open Pedigree"/>
     <hyperlink ref="E42" r:id="rId_hyperlink_123" tooltip="Open Pedigree"/>
     <hyperlink ref="C43" r:id="rId_hyperlink_124" tooltip="Open Pedigree"/>
     <hyperlink ref="D43" r:id="rId_hyperlink_125" tooltip="Open Pedigree"/>
     <hyperlink ref="E43" r:id="rId_hyperlink_126" tooltip="Open Pedigree"/>
     <hyperlink ref="C44" r:id="rId_hyperlink_127" tooltip="Open Pedigree"/>
     <hyperlink ref="D44" r:id="rId_hyperlink_128" tooltip="Open Pedigree"/>
     <hyperlink ref="E44" r:id="rId_hyperlink_129" tooltip="Open Pedigree"/>
     <hyperlink ref="C45" r:id="rId_hyperlink_130" tooltip="Open Pedigree"/>
     <hyperlink ref="D45" r:id="rId_hyperlink_131" tooltip="Open Pedigree"/>
     <hyperlink ref="E45" r:id="rId_hyperlink_132" tooltip="Open Pedigree"/>
     <hyperlink ref="C46" r:id="rId_hyperlink_133" tooltip="Open Pedigree"/>
     <hyperlink ref="D46" r:id="rId_hyperlink_134" tooltip="Open Pedigree"/>
     <hyperlink ref="E46" r:id="rId_hyperlink_135" tooltip="Open Pedigree"/>
     <hyperlink ref="C47" r:id="rId_hyperlink_136" tooltip="Open Pedigree"/>
     <hyperlink ref="D47" r:id="rId_hyperlink_137" tooltip="Open Pedigree"/>
     <hyperlink ref="E47" r:id="rId_hyperlink_138" tooltip="Open Pedigree"/>
     <hyperlink ref="C48" r:id="rId_hyperlink_139" tooltip="Open Pedigree"/>
     <hyperlink ref="D48" r:id="rId_hyperlink_140" tooltip="Open Pedigree"/>
     <hyperlink ref="E48" r:id="rId_hyperlink_141" tooltip="Open Pedigree"/>
     <hyperlink ref="C49" r:id="rId_hyperlink_142" tooltip="Open Pedigree"/>
     <hyperlink ref="D49" r:id="rId_hyperlink_143" tooltip="Open Pedigree"/>
-    <hyperlink ref="E49" r:id="rId_hyperlink_144" tooltip="Open Pedigree"/>
-[...4 lines deleted...]
-    <hyperlink ref="D51" r:id="rId_hyperlink_149" tooltip="Open Pedigree"/>
+    <hyperlink ref="C50" r:id="rId_hyperlink_144" tooltip="Open Pedigree"/>
+    <hyperlink ref="D50" r:id="rId_hyperlink_145" tooltip="Open Pedigree"/>
+    <hyperlink ref="E50" r:id="rId_hyperlink_146" tooltip="Open Pedigree"/>
+    <hyperlink ref="C51" r:id="rId_hyperlink_147" tooltip="Open Pedigree"/>
+    <hyperlink ref="D51" r:id="rId_hyperlink_148" tooltip="Open Pedigree"/>
+    <hyperlink ref="E51" r:id="rId_hyperlink_149" tooltip="Open Pedigree"/>
     <hyperlink ref="C52" r:id="rId_hyperlink_150" tooltip="Open Pedigree"/>
     <hyperlink ref="D52" r:id="rId_hyperlink_151" tooltip="Open Pedigree"/>
     <hyperlink ref="E52" r:id="rId_hyperlink_152" tooltip="Open Pedigree"/>
     <hyperlink ref="C53" r:id="rId_hyperlink_153" tooltip="Open Pedigree"/>
     <hyperlink ref="D53" r:id="rId_hyperlink_154" tooltip="Open Pedigree"/>
     <hyperlink ref="E53" r:id="rId_hyperlink_155" tooltip="Open Pedigree"/>
     <hyperlink ref="C54" r:id="rId_hyperlink_156" tooltip="Open Pedigree"/>
     <hyperlink ref="D54" r:id="rId_hyperlink_157" tooltip="Open Pedigree"/>
     <hyperlink ref="E54" r:id="rId_hyperlink_158" tooltip="Open Pedigree"/>
     <hyperlink ref="C55" r:id="rId_hyperlink_159" tooltip="Open Pedigree"/>
     <hyperlink ref="D55" r:id="rId_hyperlink_160" tooltip="Open Pedigree"/>
     <hyperlink ref="E55" r:id="rId_hyperlink_161" tooltip="Open Pedigree"/>
     <hyperlink ref="C56" r:id="rId_hyperlink_162" tooltip="Open Pedigree"/>
     <hyperlink ref="D56" r:id="rId_hyperlink_163" tooltip="Open Pedigree"/>
     <hyperlink ref="E56" r:id="rId_hyperlink_164" tooltip="Open Pedigree"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_165" tooltip="Open Pedigree"/>
     <hyperlink ref="D57" r:id="rId_hyperlink_166" tooltip="Open Pedigree"/>
     <hyperlink ref="E57" r:id="rId_hyperlink_167" tooltip="Open Pedigree"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_168" tooltip="Open Pedigree"/>
     <hyperlink ref="D58" r:id="rId_hyperlink_169" tooltip="Open Pedigree"/>
     <hyperlink ref="E58" r:id="rId_hyperlink_170" tooltip="Open Pedigree"/>
     <hyperlink ref="C59" r:id="rId_hyperlink_171" tooltip="Open Pedigree"/>
     <hyperlink ref="D59" r:id="rId_hyperlink_172" tooltip="Open Pedigree"/>
     <hyperlink ref="E59" r:id="rId_hyperlink_173" tooltip="Open Pedigree"/>
     <hyperlink ref="C60" r:id="rId_hyperlink_174" tooltip="Open Pedigree"/>
     <hyperlink ref="D60" r:id="rId_hyperlink_175" tooltip="Open Pedigree"/>
     <hyperlink ref="E60" r:id="rId_hyperlink_176" tooltip="Open Pedigree"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_177" tooltip="Open Pedigree"/>
     <hyperlink ref="D61" r:id="rId_hyperlink_178" tooltip="Open Pedigree"/>
-    <hyperlink ref="E61" r:id="rId_hyperlink_179" tooltip="Open Pedigree"/>
-[...24 lines deleted...]
-    <hyperlink ref="D70" r:id="rId_hyperlink_204" tooltip="Open Pedigree"/>
+    <hyperlink ref="C62" r:id="rId_hyperlink_179" tooltip="Open Pedigree"/>
+    <hyperlink ref="D62" r:id="rId_hyperlink_180" tooltip="Open Pedigree"/>
+    <hyperlink ref="C63" r:id="rId_hyperlink_181" tooltip="Open Pedigree"/>
+    <hyperlink ref="D63" r:id="rId_hyperlink_182" tooltip="Open Pedigree"/>
+    <hyperlink ref="E63" r:id="rId_hyperlink_183" tooltip="Open Pedigree"/>
+    <hyperlink ref="C64" r:id="rId_hyperlink_184" tooltip="Open Pedigree"/>
+    <hyperlink ref="D64" r:id="rId_hyperlink_185" tooltip="Open Pedigree"/>
+    <hyperlink ref="E64" r:id="rId_hyperlink_186" tooltip="Open Pedigree"/>
+    <hyperlink ref="C65" r:id="rId_hyperlink_187" tooltip="Open Pedigree"/>
+    <hyperlink ref="D65" r:id="rId_hyperlink_188" tooltip="Open Pedigree"/>
+    <hyperlink ref="E65" r:id="rId_hyperlink_189" tooltip="Open Pedigree"/>
+    <hyperlink ref="C66" r:id="rId_hyperlink_190" tooltip="Open Pedigree"/>
+    <hyperlink ref="D66" r:id="rId_hyperlink_191" tooltip="Open Pedigree"/>
+    <hyperlink ref="E66" r:id="rId_hyperlink_192" tooltip="Open Pedigree"/>
+    <hyperlink ref="C67" r:id="rId_hyperlink_193" tooltip="Open Pedigree"/>
+    <hyperlink ref="D67" r:id="rId_hyperlink_194" tooltip="Open Pedigree"/>
+    <hyperlink ref="E67" r:id="rId_hyperlink_195" tooltip="Open Pedigree"/>
+    <hyperlink ref="C68" r:id="rId_hyperlink_196" tooltip="Open Pedigree"/>
+    <hyperlink ref="D68" r:id="rId_hyperlink_197" tooltip="Open Pedigree"/>
+    <hyperlink ref="E68" r:id="rId_hyperlink_198" tooltip="Open Pedigree"/>
+    <hyperlink ref="C69" r:id="rId_hyperlink_199" tooltip="Open Pedigree"/>
+    <hyperlink ref="D69" r:id="rId_hyperlink_200" tooltip="Open Pedigree"/>
+    <hyperlink ref="E69" r:id="rId_hyperlink_201" tooltip="Open Pedigree"/>
+    <hyperlink ref="C70" r:id="rId_hyperlink_202" tooltip="Open Pedigree"/>
+    <hyperlink ref="D70" r:id="rId_hyperlink_203" tooltip="Open Pedigree"/>
+    <hyperlink ref="E70" r:id="rId_hyperlink_204" tooltip="Open Pedigree"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_205" tooltip="Open Pedigree"/>
     <hyperlink ref="D71" r:id="rId_hyperlink_206" tooltip="Open Pedigree"/>
     <hyperlink ref="E71" r:id="rId_hyperlink_207" tooltip="Open Pedigree"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_208" tooltip="Open Pedigree"/>
     <hyperlink ref="D72" r:id="rId_hyperlink_209" tooltip="Open Pedigree"/>
     <hyperlink ref="E72" r:id="rId_hyperlink_210" tooltip="Open Pedigree"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_211" tooltip="Open Pedigree"/>
     <hyperlink ref="D73" r:id="rId_hyperlink_212" tooltip="Open Pedigree"/>
     <hyperlink ref="E73" r:id="rId_hyperlink_213" tooltip="Open Pedigree"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_214" tooltip="Open Pedigree"/>
     <hyperlink ref="D74" r:id="rId_hyperlink_215" tooltip="Open Pedigree"/>
     <hyperlink ref="E74" r:id="rId_hyperlink_216" tooltip="Open Pedigree"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_217" tooltip="Open Pedigree"/>
     <hyperlink ref="D75" r:id="rId_hyperlink_218" tooltip="Open Pedigree"/>
     <hyperlink ref="E75" r:id="rId_hyperlink_219" tooltip="Open Pedigree"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_220" tooltip="Open Pedigree"/>
     <hyperlink ref="D76" r:id="rId_hyperlink_221" tooltip="Open Pedigree"/>
     <hyperlink ref="E76" r:id="rId_hyperlink_222" tooltip="Open Pedigree"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_223" tooltip="Open Pedigree"/>
     <hyperlink ref="D77" r:id="rId_hyperlink_224" tooltip="Open Pedigree"/>
     <hyperlink ref="E77" r:id="rId_hyperlink_225" tooltip="Open Pedigree"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_226" tooltip="Open Pedigree"/>
     <hyperlink ref="D78" r:id="rId_hyperlink_227" tooltip="Open Pedigree"/>
     <hyperlink ref="E78" r:id="rId_hyperlink_228" tooltip="Open Pedigree"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_229" tooltip="Open Pedigree"/>
@@ -7860,926 +7626,908 @@
     <hyperlink ref="C131" r:id="rId_hyperlink_385" tooltip="Open Pedigree"/>
     <hyperlink ref="D131" r:id="rId_hyperlink_386" tooltip="Open Pedigree"/>
     <hyperlink ref="E131" r:id="rId_hyperlink_387" tooltip="Open Pedigree"/>
     <hyperlink ref="C132" r:id="rId_hyperlink_388" tooltip="Open Pedigree"/>
     <hyperlink ref="D132" r:id="rId_hyperlink_389" tooltip="Open Pedigree"/>
     <hyperlink ref="E132" r:id="rId_hyperlink_390" tooltip="Open Pedigree"/>
     <hyperlink ref="C133" r:id="rId_hyperlink_391" tooltip="Open Pedigree"/>
     <hyperlink ref="D133" r:id="rId_hyperlink_392" tooltip="Open Pedigree"/>
     <hyperlink ref="E133" r:id="rId_hyperlink_393" tooltip="Open Pedigree"/>
     <hyperlink ref="C134" r:id="rId_hyperlink_394" tooltip="Open Pedigree"/>
     <hyperlink ref="D134" r:id="rId_hyperlink_395" tooltip="Open Pedigree"/>
     <hyperlink ref="E134" r:id="rId_hyperlink_396" tooltip="Open Pedigree"/>
     <hyperlink ref="C135" r:id="rId_hyperlink_397" tooltip="Open Pedigree"/>
     <hyperlink ref="D135" r:id="rId_hyperlink_398" tooltip="Open Pedigree"/>
     <hyperlink ref="E135" r:id="rId_hyperlink_399" tooltip="Open Pedigree"/>
     <hyperlink ref="C136" r:id="rId_hyperlink_400" tooltip="Open Pedigree"/>
     <hyperlink ref="D136" r:id="rId_hyperlink_401" tooltip="Open Pedigree"/>
     <hyperlink ref="E136" r:id="rId_hyperlink_402" tooltip="Open Pedigree"/>
     <hyperlink ref="C137" r:id="rId_hyperlink_403" tooltip="Open Pedigree"/>
     <hyperlink ref="D137" r:id="rId_hyperlink_404" tooltip="Open Pedigree"/>
     <hyperlink ref="E137" r:id="rId_hyperlink_405" tooltip="Open Pedigree"/>
     <hyperlink ref="C138" r:id="rId_hyperlink_406" tooltip="Open Pedigree"/>
     <hyperlink ref="D138" r:id="rId_hyperlink_407" tooltip="Open Pedigree"/>
     <hyperlink ref="E138" r:id="rId_hyperlink_408" tooltip="Open Pedigree"/>
     <hyperlink ref="C139" r:id="rId_hyperlink_409" tooltip="Open Pedigree"/>
-    <hyperlink ref="D139" r:id="rId_hyperlink_410" tooltip="Open Pedigree"/>
-[...22 lines deleted...]
-    <hyperlink ref="C147" r:id="rId_hyperlink_433" tooltip="Open Pedigree"/>
+    <hyperlink ref="E139" r:id="rId_hyperlink_410" tooltip="Open Pedigree"/>
+    <hyperlink ref="C140" r:id="rId_hyperlink_411" tooltip="Open Pedigree"/>
+    <hyperlink ref="D140" r:id="rId_hyperlink_412" tooltip="Open Pedigree"/>
+    <hyperlink ref="E140" r:id="rId_hyperlink_413" tooltip="Open Pedigree"/>
+    <hyperlink ref="C141" r:id="rId_hyperlink_414" tooltip="Open Pedigree"/>
+    <hyperlink ref="D141" r:id="rId_hyperlink_415" tooltip="Open Pedigree"/>
+    <hyperlink ref="E141" r:id="rId_hyperlink_416" tooltip="Open Pedigree"/>
+    <hyperlink ref="C142" r:id="rId_hyperlink_417" tooltip="Open Pedigree"/>
+    <hyperlink ref="D142" r:id="rId_hyperlink_418" tooltip="Open Pedigree"/>
+    <hyperlink ref="E142" r:id="rId_hyperlink_419" tooltip="Open Pedigree"/>
+    <hyperlink ref="C143" r:id="rId_hyperlink_420" tooltip="Open Pedigree"/>
+    <hyperlink ref="D143" r:id="rId_hyperlink_421" tooltip="Open Pedigree"/>
+    <hyperlink ref="E143" r:id="rId_hyperlink_422" tooltip="Open Pedigree"/>
+    <hyperlink ref="C144" r:id="rId_hyperlink_423" tooltip="Open Pedigree"/>
+    <hyperlink ref="D144" r:id="rId_hyperlink_424" tooltip="Open Pedigree"/>
+    <hyperlink ref="E144" r:id="rId_hyperlink_425" tooltip="Open Pedigree"/>
+    <hyperlink ref="C145" r:id="rId_hyperlink_426" tooltip="Open Pedigree"/>
+    <hyperlink ref="D145" r:id="rId_hyperlink_427" tooltip="Open Pedigree"/>
+    <hyperlink ref="E145" r:id="rId_hyperlink_428" tooltip="Open Pedigree"/>
+    <hyperlink ref="C146" r:id="rId_hyperlink_429" tooltip="Open Pedigree"/>
+    <hyperlink ref="D146" r:id="rId_hyperlink_430" tooltip="Open Pedigree"/>
+    <hyperlink ref="E146" r:id="rId_hyperlink_431" tooltip="Open Pedigree"/>
+    <hyperlink ref="C147" r:id="rId_hyperlink_432" tooltip="Open Pedigree"/>
+    <hyperlink ref="D147" r:id="rId_hyperlink_433" tooltip="Open Pedigree"/>
     <hyperlink ref="E147" r:id="rId_hyperlink_434" tooltip="Open Pedigree"/>
     <hyperlink ref="C148" r:id="rId_hyperlink_435" tooltip="Open Pedigree"/>
     <hyperlink ref="D148" r:id="rId_hyperlink_436" tooltip="Open Pedigree"/>
     <hyperlink ref="E148" r:id="rId_hyperlink_437" tooltip="Open Pedigree"/>
     <hyperlink ref="C149" r:id="rId_hyperlink_438" tooltip="Open Pedigree"/>
     <hyperlink ref="D149" r:id="rId_hyperlink_439" tooltip="Open Pedigree"/>
     <hyperlink ref="E149" r:id="rId_hyperlink_440" tooltip="Open Pedigree"/>
     <hyperlink ref="C150" r:id="rId_hyperlink_441" tooltip="Open Pedigree"/>
     <hyperlink ref="D150" r:id="rId_hyperlink_442" tooltip="Open Pedigree"/>
     <hyperlink ref="E150" r:id="rId_hyperlink_443" tooltip="Open Pedigree"/>
     <hyperlink ref="C151" r:id="rId_hyperlink_444" tooltip="Open Pedigree"/>
     <hyperlink ref="D151" r:id="rId_hyperlink_445" tooltip="Open Pedigree"/>
     <hyperlink ref="E151" r:id="rId_hyperlink_446" tooltip="Open Pedigree"/>
-    <hyperlink ref="C152" r:id="rId_hyperlink_447" tooltip="Open Pedigree"/>
-[...16 lines deleted...]
-    <hyperlink ref="E157" r:id="rId_hyperlink_464" tooltip="Open Pedigree"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I30"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" zoomScale="95" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A30" sqref="A30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.568359" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.710938" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="43.417969" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.568359" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.851563" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.851563" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="21.708984" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="22.851563" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="45">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" customHeight="1" ht="35">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>674</v>
+        <v>650</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>675</v>
+        <v>651</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>676</v>
+        <v>652</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>677</v>
+        <v>653</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>678</v>
+        <v>654</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>679</v>
+        <v>655</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>680</v>
+        <v>656</v>
       </c>
       <c r="I2" s="2" t="s">
-        <v>681</v>
+        <v>657</v>
       </c>
     </row>
     <row r="3" spans="1:9" customHeight="1" ht="35">
       <c r="A3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>682</v>
+        <v>658</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>683</v>
+        <v>659</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>684</v>
+        <v>660</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>685</v>
+        <v>661</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>686</v>
+        <v>662</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>687</v>
+        <v>663</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>688</v>
+        <v>664</v>
       </c>
       <c r="I3" s="3" t="s">
-        <v>689</v>
+        <v>665</v>
       </c>
     </row>
     <row r="4" spans="1:9" customHeight="1" ht="35">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>690</v>
+        <v>666</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>691</v>
+        <v>667</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>692</v>
+        <v>668</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>695</v>
+        <v>671</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>696</v>
+        <v>672</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>697</v>
+        <v>673</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="35">
       <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>699</v>
+        <v>675</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>700</v>
+        <v>676</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>701</v>
+        <v>677</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>702</v>
+        <v>678</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>703</v>
+        <v>679</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>704</v>
+        <v>680</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>705</v>
+        <v>681</v>
       </c>
     </row>
     <row r="6" spans="1:9" customHeight="1" ht="35">
       <c r="A6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>706</v>
+        <v>682</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>707</v>
+        <v>683</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>708</v>
+        <v>684</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>709</v>
+        <v>685</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>710</v>
+        <v>686</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>711</v>
+        <v>687</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>588</v>
+        <v>308</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>712</v>
+        <v>688</v>
       </c>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="35">
       <c r="A7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>713</v>
+        <v>689</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>714</v>
+        <v>690</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>715</v>
+        <v>691</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>716</v>
+        <v>692</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>717</v>
+        <v>693</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>718</v>
+        <v>694</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>719</v>
+        <v>695</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>720</v>
+        <v>696</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="35">
       <c r="A8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>721</v>
+        <v>697</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>722</v>
+        <v>698</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>723</v>
+        <v>699</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>724</v>
+        <v>700</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>725</v>
+        <v>701</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>726</v>
+        <v>702</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>727</v>
+        <v>703</v>
       </c>
       <c r="I8" s="2" t="s">
-        <v>728</v>
+        <v>704</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="35">
       <c r="A9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>729</v>
+        <v>705</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>730</v>
+        <v>706</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>731</v>
+        <v>707</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>732</v>
+        <v>708</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>733</v>
+        <v>709</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>734</v>
+        <v>710</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>735</v>
+        <v>711</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>736</v>
+        <v>712</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="35">
       <c r="A10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>737</v>
+        <v>713</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>738</v>
+        <v>714</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>739</v>
+        <v>715</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>740</v>
+        <v>716</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>741</v>
+        <v>717</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>742</v>
+        <v>718</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>743</v>
+        <v>704</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>440</v>
+        <v>719</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="35">
       <c r="A11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>744</v>
+        <v>720</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>745</v>
+        <v>721</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>746</v>
+        <v>722</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>747</v>
+        <v>723</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>748</v>
+        <v>724</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>749</v>
+        <v>725</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>750</v>
+        <v>726</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>751</v>
+        <v>727</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="35">
       <c r="A12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>752</v>
+        <v>728</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>753</v>
+        <v>729</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>754</v>
+        <v>730</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>755</v>
+        <v>731</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>756</v>
+        <v>732</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>757</v>
+        <v>733</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>21</v>
+        <v>734</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>758</v>
+        <v>727</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="35">
       <c r="A13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>759</v>
+        <v>735</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>760</v>
+        <v>736</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>723</v>
+        <v>699</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>761</v>
+        <v>737</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>762</v>
+        <v>738</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>763</v>
+        <v>739</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>588</v>
+        <v>308</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="35">
       <c r="A14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>764</v>
+        <v>740</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>765</v>
+        <v>741</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>766</v>
+        <v>742</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>767</v>
+        <v>743</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>768</v>
+        <v>744</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>769</v>
+        <v>745</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>21</v>
+        <v>734</v>
       </c>
       <c r="I14" s="2" t="s">
-        <v>770</v>
+        <v>746</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="35">
       <c r="A15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>771</v>
+        <v>747</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>772</v>
+        <v>748</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>773</v>
+        <v>749</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>774</v>
+        <v>750</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>775</v>
+        <v>751</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>776</v>
+        <v>752</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>719</v>
+        <v>695</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>770</v>
+        <v>753</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="35">
       <c r="A16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>777</v>
+        <v>754</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>778</v>
+        <v>755</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>779</v>
+        <v>756</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>780</v>
+        <v>757</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>781</v>
+        <v>758</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>727</v>
+        <v>703</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>704</v>
+        <v>760</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="35">
       <c r="A17" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>785</v>
+        <v>763</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>786</v>
+        <v>764</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>787</v>
+        <v>765</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>788</v>
+        <v>766</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>704</v>
+        <v>680</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>789</v>
+        <v>767</v>
       </c>
     </row>
     <row r="18" spans="1:9" customHeight="1" ht="35">
       <c r="A18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>790</v>
+        <v>768</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>791</v>
+        <v>769</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>792</v>
+        <v>770</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>793</v>
+        <v>771</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>794</v>
+        <v>772</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>795</v>
+        <v>773</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>588</v>
+        <v>308</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>736</v>
+        <v>712</v>
       </c>
     </row>
     <row r="19" spans="1:9" customHeight="1" ht="35">
       <c r="A19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>729</v>
+        <v>705</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>796</v>
+        <v>774</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>797</v>
+        <v>775</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>798</v>
+        <v>776</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>799</v>
+        <v>777</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>795</v>
+        <v>778</v>
       </c>
       <c r="H19" s="3" t="s">
-        <v>588</v>
+        <v>308</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>736</v>
+        <v>712</v>
       </c>
     </row>
     <row r="20" spans="1:9" customHeight="1" ht="35">
       <c r="A20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>800</v>
+        <v>779</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>801</v>
+        <v>780</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>802</v>
+        <v>781</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>803</v>
+        <v>782</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>804</v>
+        <v>783</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>795</v>
+        <v>778</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>805</v>
+        <v>784</v>
       </c>
       <c r="I20" s="2" t="s">
-        <v>806</v>
+        <v>767</v>
       </c>
     </row>
     <row r="21" spans="1:9" customHeight="1" ht="35">
       <c r="A21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>807</v>
+        <v>785</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>808</v>
+        <v>786</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>753</v>
+        <v>729</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>809</v>
+        <v>787</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>810</v>
+        <v>788</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>811</v>
+        <v>789</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>812</v>
+        <v>14</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>459</v>
+        <v>424</v>
       </c>
     </row>
     <row r="22" spans="1:9" customHeight="1" ht="35">
       <c r="A22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>813</v>
+        <v>790</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>814</v>
+        <v>791</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>815</v>
+        <v>792</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>816</v>
+        <v>793</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>817</v>
+        <v>794</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>818</v>
+        <v>795</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>819</v>
+        <v>21</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>820</v>
+        <v>796</v>
       </c>
     </row>
     <row r="23" spans="1:9" customHeight="1" ht="35">
       <c r="A23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>821</v>
+        <v>797</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>822</v>
+        <v>798</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>823</v>
+        <v>799</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>824</v>
+        <v>800</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>825</v>
+        <v>801</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>826</v>
+        <v>802</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>827</v>
+        <v>803</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>317</v>
+        <v>804</v>
       </c>
     </row>
     <row r="24" spans="1:9" customHeight="1" ht="35">
       <c r="A24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="E24" s="2" t="s">
         <v>807</v>
       </c>
-      <c r="C24" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" s="2" t="s">
-        <v>831</v>
+        <v>808</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>832</v>
+        <v>809</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>704</v>
+        <v>680</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>459</v>
+        <v>424</v>
       </c>
     </row>
     <row r="25" spans="1:9" customHeight="1" ht="35">
       <c r="A25" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>833</v>
+        <v>810</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>834</v>
+        <v>811</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>753</v>
+        <v>729</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>809</v>
+        <v>787</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>835</v>
+        <v>812</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>836</v>
+        <v>813</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>343</v>
+        <v>814</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>459</v>
+        <v>815</v>
       </c>
     </row>
     <row r="26" spans="1:9" customHeight="1" ht="35">
       <c r="A26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>500</v>
+        <v>466</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>837</v>
+        <v>816</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>838</v>
+        <v>817</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>839</v>
+        <v>818</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>840</v>
+        <v>819</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>841</v>
+        <v>820</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>842</v>
+        <v>696</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>128</v>
+        <v>228</v>
       </c>
     </row>
     <row r="27" spans="1:9" customHeight="1" ht="35">
       <c r="A27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>843</v>
+        <v>821</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>844</v>
+        <v>822</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>845</v>
+        <v>823</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>846</v>
+        <v>824</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>847</v>
+        <v>825</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>848</v>
+        <v>826</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>343</v>
+        <v>814</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>58</v>
+        <v>193</v>
       </c>
     </row>
     <row r="28" spans="1:9" customHeight="1" ht="35">
       <c r="A28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>15</v>
       </c>
@@ -8797,72 +8545,72 @@
       </c>
       <c r="D29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:9" customHeight="1" ht="35">
       <c r="A30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>583</v>
+        <v>551</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>584</v>
+        <v>552</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>585</v>
+        <v>553</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>586</v>
+        <v>554</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>587</v>
+        <v>555</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>588</v>
+        <v>308</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:I1"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1" tooltip="Open Pedigree"/>
     <hyperlink ref="D2" r:id="rId_hyperlink_2" tooltip="Open Pedigree"/>
     <hyperlink ref="E2" r:id="rId_hyperlink_3" tooltip="Open Pedigree"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_4" tooltip="Open Pedigree"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_5" tooltip="Open Pedigree"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_6" tooltip="Open Pedigree"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_7" tooltip="Open Pedigree"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_8" tooltip="Open Pedigree"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_9" tooltip="Open Pedigree"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_10" tooltip="Open Pedigree"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_11" tooltip="Open Pedigree"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_12" tooltip="Open Pedigree"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_13" tooltip="Open Pedigree"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_14" tooltip="Open Pedigree"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_15" tooltip="Open Pedigree"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_16" tooltip="Open Pedigree"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_17" tooltip="Open Pedigree"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_18" tooltip="Open Pedigree"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_19" tooltip="Open Pedigree"/>